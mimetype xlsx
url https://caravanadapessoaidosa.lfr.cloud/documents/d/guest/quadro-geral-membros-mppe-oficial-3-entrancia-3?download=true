--- v0 (2025-10-27)
+++ v1 (2026-02-25)
@@ -1,80 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml" PartName="/xl/pivotCache/pivotCacheDefinition1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml" PartName="/xl/pivotTables/pivotTable1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml" PartName="/xl/pivotTables/pivotTable2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.ms-excel.person+xml" PartName="/xl/persons/person.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="Quadro Geral" sheetId="1" r:id="rId4"/>
-[...2 lines deleted...]
-    <sheet state="visible" name="Totalizadores" sheetId="4" r:id="rId7"/>
+    <sheet state="visible" name="Quadro Geral" sheetId="1" r:id="rId5"/>
+    <sheet state="visible" name="Plan1" sheetId="2" r:id="rId6"/>
+    <sheet state="visible" name="Pivot Table 4" sheetId="3" r:id="rId7"/>
+    <sheet state="visible" name="Totalizadores" sheetId="4" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName hidden="1" localSheetId="0" name="Z_95D54566_B791_431D_8993_8D93D9AC84D2_.wvu.FilterData">'Quadro Geral'!$N$1:$N$1097</definedName>
-[...1 lines deleted...]
-    <definedName hidden="1" localSheetId="0" name="Z_2899974F_8E79_4444_9DE1_84978F62B58D_.wvu.FilterData">'Quadro Geral'!$A$1:$S$453</definedName>
+    <definedName hidden="1" localSheetId="0" name="Z_09EC48C1_E091_47BF_BFC1_A2AF24C1A476_.wvu.FilterData">'Quadro Geral'!$A$1:$S$453</definedName>
+    <definedName hidden="1" localSheetId="0" name="Z_D4BE57D0_CC60_4359_807D_2A2C1DA864AB_.wvu.FilterData">'Quadro Geral'!$N$1:$N$1097</definedName>
+    <definedName hidden="1" localSheetId="0" name="Z_3950D969_C6D3_41E6_8472_4226C821815C_.wvu.FilterData">'Quadro Geral'!$A$1:$S$453</definedName>
   </definedNames>
   <calcPr/>
   <customWorkbookViews>
-    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{52E54584-2523-457A-AC3F-A177FF480669}" name="katia.ribeiro - Modo de exibição pessoal"/>
-[...1 lines deleted...]
-    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{2899974F-8E79-4444-9DE1-84978F62B58D}" name="raisaa - Modo de exibição pessoal"/>
+    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{09EC48C1-E091-47BF-BFC1-A2AF24C1A476}" name="katia.ribeiro - Modo de exibição pessoal"/>
+    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{D4BE57D0-CC60-4359-807D-2A2C1DA864AB}" name="Filter 1"/>
+    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{3950D969-C6D3-41E6-8472-4226C821815C}" name="raisaa - Modo de exibição pessoal"/>
   </customWorkbookViews>
   <pivotCaches>
-    <pivotCache cacheId="0" r:id="rId8"/>
+    <pivotCache cacheId="0" r:id="rId9"/>
   </pivotCaches>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3527" uniqueCount="1226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3554" uniqueCount="1226">
   <si>
     <t>nº</t>
   </si>
   <si>
     <t>Instância</t>
   </si>
   <si>
     <t>Entrância</t>
   </si>
   <si>
     <t>Município</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Atuação</t>
   </si>
   <si>
     <t>Lei/Ato de definição de atribuição</t>
   </si>
   <si>
     <t>Atribuição</t>
   </si>
   <si>
@@ -308,146 +310,155 @@
   <si>
     <t>1713/2014</t>
   </si>
   <si>
     <t>11º Promotor de Justiça Cível</t>
   </si>
   <si>
     <t>4ª Vara de Família e Registro Civil</t>
   </si>
   <si>
     <t>MONICA ERLINE SOUZA LEAO AZEVEDO LIMA</t>
   </si>
   <si>
     <t>391/2007</t>
   </si>
   <si>
     <t>12º Promotor de Justiça Cível</t>
   </si>
   <si>
     <t xml:space="preserve">9ª Vara de Família e Registro Civil </t>
   </si>
   <si>
     <t xml:space="preserve"> Res- CPJ nº001/2001</t>
   </si>
   <si>
+    <t>ANTONIO FERNANDES OLIVEIRA MATOS JUNIOR</t>
+  </si>
+  <si>
+    <t>Remoção A</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>240/2026</t>
+  </si>
+  <si>
+    <t>22/10/2025</t>
+  </si>
+  <si>
+    <t>3.661/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>NORMA DA MOTA SALES LIMA</t>
+  </si>
+  <si>
+    <t>13º Promotor de Justiça Cível</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10ª Vara de Família e Registro Civil </t>
+  </si>
+  <si>
+    <t>RIVALDO GUEDES DE FRANÇA</t>
+  </si>
+  <si>
+    <t>Remoção por Permuta</t>
+  </si>
+  <si>
+    <t>2207/2016</t>
+  </si>
+  <si>
+    <t>22/10/2016</t>
+  </si>
+  <si>
+    <t>15º Promotor de Justiça Cível</t>
+  </si>
+  <si>
+    <t>11ª Vara de Família e Registro Civil</t>
+  </si>
+  <si>
+    <t>RICARDO GUERRA GABÍNIO</t>
+  </si>
+  <si>
+    <t>1545/2010</t>
+  </si>
+  <si>
+    <t>16º Promotor de Justiça Cível</t>
+  </si>
+  <si>
+    <t>1ª e 2ª  Varas de Sucessões e Registros Públicos</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº003/2015</t>
+  </si>
+  <si>
+    <t>PATRICIA DA FONSECA LAPENDA PIMENTEL</t>
+  </si>
+  <si>
+    <t>2.348/2024</t>
+  </si>
+  <si>
+    <t>26/09/2019</t>
+  </si>
+  <si>
+    <t>2442/2019</t>
+  </si>
+  <si>
+    <t>26/11/2019</t>
+  </si>
+  <si>
+    <t>MARCO AURELIO FARIAS DA SILVA</t>
+  </si>
+  <si>
+    <t>18º Promotor de Justiça Cível</t>
+  </si>
+  <si>
+    <t>3ª  e 4ª Varas de Sucessões e Registros Públicos</t>
+  </si>
+  <si>
+    <t>IZABEL CRISTINA HOLANDA TAVARES LEITE</t>
+  </si>
+  <si>
+    <t>1266/2010</t>
+  </si>
+  <si>
+    <t>20º Promotor de Justiça Cível</t>
+  </si>
+  <si>
+    <t>2ª e 3ª Varas da Fazenda Pública da Capital</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Res- CPJ nº 008/2017</t>
+  </si>
+  <si>
     <t>VAGO</t>
   </si>
   <si>
-    <t>653/2004</t>
-[...91 lines deleted...]
-  <si>
     <t>210/2012</t>
   </si>
   <si>
     <t>3.307/2024</t>
   </si>
   <si>
     <t>MANOEL ALVES MAIA</t>
   </si>
   <si>
     <t>22º Promotor de Justiça Cível</t>
   </si>
   <si>
     <t>4ª e 5ª  Vara da Fazenda Pública da Capital</t>
   </si>
   <si>
     <t>Res- CPJ nº 008/2017</t>
   </si>
   <si>
     <t>EVA REGINA DE ALBUQUERQUE BRASIL</t>
   </si>
   <si>
     <t>Remoção M</t>
   </si>
   <si>
     <t>350/2025</t>
@@ -572,72 +583,69 @@
   <si>
     <t>EMANUELE MARTINS PEREIRA</t>
   </si>
   <si>
     <t>357/2025</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>2.616/2024</t>
   </si>
   <si>
     <t>LUCIANA DE BRAGA VAZ DA COSTA</t>
   </si>
   <si>
     <t xml:space="preserve">1º Promotor de Justiça Criminal </t>
   </si>
   <si>
     <t>1ª Vara Criminal</t>
   </si>
   <si>
     <t>Crime</t>
   </si>
   <si>
+    <t>564/2023</t>
+  </si>
+  <si>
+    <t>237/2026</t>
+  </si>
+  <si>
     <t>ANA CLAUDIA DE MOURA WALMSLEY</t>
   </si>
   <si>
-    <t>564/2023</t>
-[...10 lines deleted...]
-  <si>
     <t>2º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>2ª Vara Criminal</t>
   </si>
   <si>
-    <t>1543/2010</t>
+    <t>HELDER LIMEIRA FLORENTINO DE LIMA</t>
+  </si>
+  <si>
+    <t>239/2026</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>JOSE VLADIMIR DA SILVA ACIOLI</t>
   </si>
   <si>
     <t>3º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>3ª Vara Criminal</t>
   </si>
   <si>
     <t>VIVIANE MARIA FREITAS MELO MONTEIRO DE MENEZES</t>
   </si>
   <si>
     <t>1499/2017</t>
   </si>
   <si>
     <t>13/11/2014</t>
   </si>
   <si>
     <t>1709/2014</t>
   </si>
@@ -839,134 +847,140 @@
         <color rgb="FF000000"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve">12ª Vara Criminal transformou-se em </t>
     </r>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <b/>
         <color rgb="FF000000"/>
         <sz val="8.0"/>
         <u/>
       </rPr>
       <t>11ª Vara Criminal</t>
     </r>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color rgb="FF000000"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve"> pela LC 204/2012</t>
     </r>
   </si>
   <si>
+    <t>574/2015</t>
+  </si>
+  <si>
+    <t>4.652/2025</t>
+  </si>
+  <si>
     <t>EUCLIDES RODRIGUES DE SOUZA JUNIOR</t>
   </si>
   <si>
-    <t>574/2015</t>
-[...1 lines deleted...]
-  <si>
     <t>13º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>14ª Vara Criminal da Capital</t>
   </si>
   <si>
     <t>Res- CPJ nº017/2017</t>
   </si>
   <si>
     <t>NIVALDO RODRIGUES MACHADO FILHO</t>
   </si>
   <si>
     <t>209/2012</t>
   </si>
   <si>
     <t>14º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>Vara de Crimes contra a Administração Pública e Ordem Tributária</t>
   </si>
   <si>
     <t>Res- CPJ nº004/2002</t>
   </si>
   <si>
-    <t xml:space="preserve"> 396/2007</t>
-[...1 lines deleted...]
-  <si>
     <t>351/2025</t>
   </si>
   <si>
     <t>HELENA MARTINS GOMES E SILVA</t>
   </si>
   <si>
     <t>15º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>1ª Vara do Tribunal do Júri</t>
   </si>
   <si>
     <t>ANDRÉ MÚCIO RABELO DE VASCONCELOS</t>
   </si>
   <si>
     <t>376/2010</t>
   </si>
   <si>
     <t>20/03/2010</t>
   </si>
   <si>
     <t>RICARDO LAPENDA FIGUEIROA</t>
   </si>
   <si>
     <t>16º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>2ª Vara do Tribunal do Júri</t>
   </si>
   <si>
     <t>FERNANDO DELLA LATTA CAMARGO</t>
   </si>
   <si>
     <t>049/2023</t>
   </si>
   <si>
+    <t>20/10/2022</t>
+  </si>
+  <si>
     <t>2494/2022</t>
   </si>
   <si>
     <t>MARCIA BASTOS BALAZEIRO COELHO</t>
   </si>
   <si>
     <t>17º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>1699/2017</t>
   </si>
   <si>
     <t>3.667/2025</t>
   </si>
   <si>
+    <t>EDITAL 21/2025 REMOÇÃO</t>
+  </si>
+  <si>
     <t>ANA CLÉZIA FERREIRA NUNES</t>
   </si>
   <si>
     <t>18º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>LUIS SAVIO LOUREIRO DA SILVEIRA</t>
   </si>
   <si>
     <t>575/2015</t>
   </si>
   <si>
     <t>19º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t xml:space="preserve">2º Vara de Execuções Penais </t>
   </si>
   <si>
     <t>Res- CPJ nº002/2000</t>
   </si>
   <si>
     <t>FERNANDO FALCÃO FERRAZ FILHO</t>
   </si>
   <si>
     <t>1513/2019</t>
@@ -1097,110 +1111,104 @@
   <si>
     <t>27º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>ALLANA UCHOA DE CARVALHO</t>
   </si>
   <si>
     <t>2.346/2024</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
     <t>3761/2023</t>
   </si>
   <si>
     <t>PATRICIA DE FATIMA OLIVEIRA TORRES</t>
   </si>
   <si>
     <t>28º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>Res-CPJ 006/2024</t>
   </si>
   <si>
-    <t>Criminal</t>
-[...1 lines deleted...]
-  <si>
     <t>ROSÂNGELA FURTADO PADELA ALVARENGA</t>
   </si>
   <si>
     <t>2498/2022</t>
   </si>
   <si>
     <t>2443/2019</t>
   </si>
   <si>
     <t>CHRISTIANE ROBERTA GOMES DE FARIAS SANTOS</t>
   </si>
   <si>
     <t>29º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>ERICA LOPES CEZAR DE ALMEIDA</t>
   </si>
   <si>
     <t>373/2004</t>
   </si>
   <si>
     <t>30º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>JOÃO ELIAS DA SILVA FILHO</t>
   </si>
   <si>
     <t>2497/2022</t>
   </si>
   <si>
     <t>2440/2019</t>
   </si>
   <si>
     <t>CRISTIANE DE GUSMAO MEDEIROS</t>
   </si>
   <si>
     <t>31º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>1º Juizado Especial Criminal</t>
   </si>
   <si>
     <t>RES-CPJ Nº 11/2016</t>
   </si>
   <si>
+    <t>764/2021</t>
+  </si>
+  <si>
+    <t>238/2026</t>
+  </si>
+  <si>
     <t>DELANE BARROS DE ARRUDA MENDONCA</t>
   </si>
   <si>
-    <t>764/2021</t>
-[...7 lines deleted...]
-  <si>
     <t>32º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>3º Juizado Especial Criminal</t>
   </si>
   <si>
     <t>1544/2010</t>
   </si>
   <si>
     <t>1768/2017</t>
   </si>
   <si>
     <t>26/09/2017</t>
   </si>
   <si>
     <t>CARLOS AUGUSTO ARRUDA GUERRA DE HOLANDA</t>
   </si>
   <si>
     <t>33º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>2º Juizado Especial Criminal</t>
   </si>
   <si>
     <t>050/2023</t>
@@ -1236,53 +1244,50 @@
     <t>1210/2017</t>
   </si>
   <si>
     <t>22/06/2017</t>
   </si>
   <si>
     <t>JOSE CORREIA DE ARAÚJO</t>
   </si>
   <si>
     <t>36º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>JOSE ROBERTO DA SILVA</t>
   </si>
   <si>
     <t>Ato 054/2002</t>
   </si>
   <si>
     <t>37º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t xml:space="preserve">19ª Vara Criminal </t>
   </si>
   <si>
     <t>Res- CPJ nº 017/2017</t>
-  </si>
-[...1 lines deleted...]
-    <t>ANTONIO FERNANDES OLIVEIRA MATOS JUNIOR</t>
   </si>
   <si>
     <t>571/2015</t>
   </si>
   <si>
     <t>38º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t xml:space="preserve">Res- CPJ nº 005/2006 Portaria POR-PGJ nº1205/2008 </t>
   </si>
   <si>
     <t>MARIA DA CONCEIÇÃO DE OLIVEIRA MARTINS</t>
   </si>
   <si>
     <t>796/2013</t>
   </si>
   <si>
     <t>39º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>EDUARDO HENRIQUE TAVARES DE SOUZA</t>
   </si>
   <si>
     <t>489/2006</t>
   </si>
@@ -1341,701 +1346,707 @@
         <color rgb="FF000000"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve"> pela LC 204/2012</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Res - CPJ nº005/2006</t>
   </si>
   <si>
     <t>MUNI AZEVEDO CATÃO</t>
   </si>
   <si>
     <t>3.666/2025</t>
   </si>
   <si>
     <t>43º Promotor de Justiça Criminal</t>
   </si>
   <si>
     <t>Processos relativos aos crimes praticados contra a criança e o adolescente, que tramitam perante a 2ª Vara Crimes contra a Criança e o Adolescente da Capital.</t>
   </si>
   <si>
     <t>Res-CPJ nº006/2011</t>
   </si>
   <si>
+    <t>PAULA CATHERINE DE LIRA AZIZ ISMAIL</t>
+  </si>
+  <si>
+    <t>241/2026</t>
+  </si>
+  <si>
+    <t>44º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>1º Vara de Violência Doméstica e Familiar contra a Mulher</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Res-CPJ nº011/2006</t>
+  </si>
+  <si>
+    <t>JOAO MARIA RODRIGUES FILHO</t>
+  </si>
+  <si>
+    <t>402/2007</t>
+  </si>
+  <si>
+    <t>45º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>3ª Vara Privativa do Juri</t>
+  </si>
+  <si>
+    <t>Res- CPJ nº 005/2014 e Res- CPJ nº 001/2007</t>
+  </si>
+  <si>
+    <t>ANTONIO AUGUSTO DE ARROXELAS MACEDO FILHO</t>
+  </si>
+  <si>
+    <t>572/2015</t>
+  </si>
+  <si>
+    <t>46º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>4ª Vara Privativa do Juri</t>
+  </si>
+  <si>
+    <t>ROSEMARY SOUTO MAIOR DE ALMEIDA</t>
+  </si>
+  <si>
+    <t>2384/16</t>
+  </si>
+  <si>
+    <t>2384/2016</t>
+  </si>
+  <si>
+    <t>SALOMÃO ABDO AZIZ ISMAIL FILHO</t>
+  </si>
+  <si>
+    <t>47º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>Res- CPJ nº006/2014 e LC nº 229</t>
+  </si>
+  <si>
+    <t>PETRUCIO JOSE LUNA DE AQUINO</t>
+  </si>
+  <si>
+    <t>1435/2013</t>
+  </si>
+  <si>
+    <t>48º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>Juizado Especial Criminal do Idoso da Capital</t>
+  </si>
+  <si>
+    <t>Res- CPJ nº001/2014</t>
+  </si>
+  <si>
+    <t>768/2018</t>
+  </si>
+  <si>
+    <t>3.663/2025</t>
+  </si>
+  <si>
+    <t>IRENE CARDOSO SOUSA</t>
+  </si>
+  <si>
+    <t>49º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>1ª Vara Privativa do Juri da Capital</t>
+  </si>
+  <si>
+    <t>ELIANE GAIA ALENCAR DANTAS</t>
+  </si>
+  <si>
+    <t>1183/2015</t>
+  </si>
+  <si>
+    <t>50º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>2ª Vara Privativa do Juri da Capital</t>
+  </si>
+  <si>
+    <t>DALVA CABRAL DE OLIVEIRA NETA</t>
+  </si>
+  <si>
+    <t>566/2015</t>
+  </si>
+  <si>
+    <t>51º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>2ª Vara de Violência Doméstica e Familiar contra a mulher da Capital</t>
+  </si>
+  <si>
+    <t>AÍDA ACIOLI LINS DE ARRUDA</t>
+  </si>
+  <si>
+    <t>Promoção A</t>
+  </si>
+  <si>
+    <t>2.618/2024</t>
+  </si>
+  <si>
+    <t>52º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>Res- CPJ nº003/2015</t>
+  </si>
+  <si>
+    <t>2.946/2024</t>
+  </si>
+  <si>
+    <t>Cargo novo, resultante da transformação da 14ª PJ Cível da Capital (RES-CPJ nº 003/2015)</t>
+  </si>
+  <si>
+    <t>SÉRGIO TENÓRIO DE FRANÇA</t>
+  </si>
+  <si>
+    <t>53º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>Res-  CPJ nº003/2015</t>
+  </si>
+  <si>
+    <t>SERGIO ROBERTO DA SILVA PEREIRA</t>
+  </si>
+  <si>
+    <t>2496/2022</t>
+  </si>
+  <si>
+    <t>489/2022</t>
+  </si>
+  <si>
+    <t>25/02/2022</t>
+  </si>
+  <si>
+    <t>DINAMÉRICO WANDERLEY RIBEIRO DE SOUZA</t>
+  </si>
+  <si>
+    <t>54º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>Vara de Execuções Penais da Capital em Meio Aberto (VEPEMA)</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 003/2023</t>
+  </si>
+  <si>
+    <t>JOSE EDIVALDO DA SILVA</t>
+  </si>
+  <si>
+    <t>643/2022</t>
+  </si>
+  <si>
+    <t>1487/2019</t>
+  </si>
+  <si>
+    <t>cargo transformado pela res. 008/2017 e 003/2023</t>
+  </si>
+  <si>
+    <t>WALDIR MENDONÇA DA SILVA</t>
+  </si>
+  <si>
+    <t>55º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>3ª Vara do Tribunal do Juri</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Res- CPJ nº008/2017</t>
+  </si>
+  <si>
+    <t>ANGELA MARCIA FREITAS DA CRUZ</t>
+  </si>
+  <si>
+    <t>1697/2017</t>
+  </si>
+  <si>
+    <t>26/04/2016</t>
+  </si>
+  <si>
+    <t>1028/2016</t>
+  </si>
+  <si>
+    <t>cargo transformado pela res. 008/2017</t>
+  </si>
+  <si>
+    <t>CARLOS ROBERTO SANTOS</t>
+  </si>
+  <si>
+    <t>56º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>4ª Vara do Tribunal do Juri</t>
+  </si>
+  <si>
+    <t>DANIEL DE ATAÍDE MARTINS</t>
+  </si>
+  <si>
+    <t>563/2023</t>
+  </si>
+  <si>
+    <t>2495/2022</t>
+  </si>
+  <si>
+    <t>57º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>13ª Vara Criminal</t>
+  </si>
+  <si>
+    <t>RES CPJ nº 017/2017</t>
+  </si>
+  <si>
+    <t>ANDRÉ SILVANI DA SILVA CARNEIRO</t>
+  </si>
+  <si>
+    <t>189/2018</t>
+  </si>
+  <si>
+    <t>18/03/2015</t>
+  </si>
+  <si>
+    <t>567/2015</t>
+  </si>
+  <si>
+    <t>20/03/2015</t>
+  </si>
+  <si>
+    <t>cargo transformado pela res. 017/2017</t>
+  </si>
+  <si>
+    <t>58º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>3ª Vara de Enfrentamento à Violência Doméstica e Familiar contra a Mulher</t>
+  </si>
+  <si>
+    <t>RES CPJ nº 017/2017 - RES CPJ 014/2025</t>
+  </si>
+  <si>
+    <t>RINALDO JORGE DA SILVA</t>
+  </si>
+  <si>
+    <t>236/2026</t>
+  </si>
+  <si>
+    <t>59º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>16ª Vara Criminal</t>
+  </si>
+  <si>
+    <t>JANAINA DO SACRAMENTO BEZERRA</t>
+  </si>
+  <si>
+    <t>Promoção M</t>
+  </si>
+  <si>
+    <t>2.617/2024</t>
+  </si>
+  <si>
+    <t>cargo transformado pela Res 017/2017</t>
+  </si>
+  <si>
+    <t>60º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>18ª Vara Criminal</t>
+  </si>
+  <si>
+    <t>192/2018</t>
+  </si>
+  <si>
+    <t>61º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>3ª Vara de Violência Doméstica e Familiar contra a Mulher</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 e Res CPJ nº 008/2018</t>
+  </si>
+  <si>
+    <t>GUILHERME VIEIRA CASTRO</t>
+  </si>
+  <si>
+    <t>3.071/2025</t>
+  </si>
+  <si>
+    <t>cargo transformado pela Res 008/2018 (antigo cargo 39º PJ substituto da Capital)</t>
+  </si>
+  <si>
+    <t>62º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>3ª Vara do Tribunal do Júri da Capital</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 e Res CPJ nº 006/2019</t>
+  </si>
+  <si>
+    <t>MARCELO GREENHALGH DE CERQUEIRA LIMA E MORAES PENALVA SANTOS</t>
+  </si>
+  <si>
+    <t>766/2021</t>
+  </si>
+  <si>
+    <t>21/09/2019</t>
+  </si>
+  <si>
+    <t>21/09/2013</t>
+  </si>
+  <si>
+    <t>Res. 006/2019 (Antigo cargo 35º Promotor de Justiça Subst.)</t>
+  </si>
+  <si>
+    <t>63º Promotor de Justiça Criminal</t>
+  </si>
+  <si>
+    <t>4ª Vara do Tribunal do Júri da Capital</t>
+  </si>
+  <si>
+    <t>SANDRA MARIA MESQUITA DE PAULA PESSOA LAPENDA</t>
+  </si>
+  <si>
+    <t>240/2024</t>
+  </si>
+  <si>
+    <t>Res. 006/2019 (Antigo cargo 42º Promotor de Justiça Subst.)</t>
+  </si>
+  <si>
+    <t>1º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>1ª Vara da Infância e Juventude</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998</t>
+  </si>
+  <si>
+    <t>Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>HELOISA POLLYANNA BRITO DE FREITAS</t>
+  </si>
+  <si>
+    <t>493/2006</t>
+  </si>
+  <si>
+    <t>2º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>2ª Vara da Infância e Juventude</t>
+  </si>
+  <si>
+    <t>ANA MARIA MOURA MARANHAO DA FONTE</t>
+  </si>
+  <si>
+    <t>Ato 7/2002</t>
+  </si>
+  <si>
+    <t>3º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>NUBIA MAURICIO BRAGA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 368/2004</t>
+  </si>
+  <si>
+    <t>4º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>NANCY TOJAL DE MEDEIROS</t>
+  </si>
+  <si>
+    <t>1506/2017</t>
+  </si>
+  <si>
+    <t>26//04/2016</t>
+  </si>
+  <si>
+    <t>1027/2016</t>
+  </si>
+  <si>
+    <t>DAIZA MARIA AZEVEDO CAVALCANTI</t>
+  </si>
+  <si>
+    <t>5º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Em todas as etapas dos procedimentos especiais de apuração de práticas de atos infracionais</t>
+  </si>
+  <si>
+    <t>JOAO LUIZ DA FONSECA LAPENDA</t>
+  </si>
+  <si>
+    <t>486/2006</t>
+  </si>
+  <si>
+    <t>6º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e acompanhamento  das ações judiciais na tutela de direitos coletivos e difusos e em relação à política de atendimento das entidades que desenvolvem programas de execução de todas as medidas socioeducativas; realização de inspeções nas unidades de internação provisória, de internação e semiliberdade situadas no Recife e na sua Região Metropolitana, onde tenha atribuição legal, à exceção das localizadas no Cabo de Santo Agostinho, adotando as providências cabíveis; nos procedimentos especiais judiciais de execução de medida socioeducativa e de outras medidas aplicadas ao adolescente em conflito com a lei e, nos demais feitos que tramitarem perante a Vara Regional da 1ª Circunscrição que não estejam relacionados a adolescentes em conflito com a lei</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº005/2016</t>
+  </si>
+  <si>
+    <t>ANDRÉA KARLA REINALDO DE SOUZA QUEIROZ</t>
+  </si>
+  <si>
+    <t>1030/2016</t>
+  </si>
+  <si>
+    <t>7º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa de Direitos Humanos</t>
+  </si>
+  <si>
+    <t>WESTEI CONDE Y MARTIN JUNIOR</t>
+  </si>
+  <si>
+    <t>661/2004</t>
+  </si>
+  <si>
+    <t>8º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>MAXWELL ANDERSON DE LUCENA VIGNOLI</t>
+  </si>
+  <si>
+    <t>1148/2012</t>
+  </si>
+  <si>
+    <t>9º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Tutela de Fundações, Entidades e Organizações Sociais</t>
+  </si>
+  <si>
+    <t>2.115/2025</t>
+  </si>
+  <si>
+    <t>ERIKA LOAYSA ELIAS DE FARIAS SILVA</t>
+  </si>
+  <si>
+    <t>10º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>REGINA COELI LUCENA HERBAUD</t>
+  </si>
+  <si>
+    <t>2383/2021</t>
+  </si>
+  <si>
+    <t>941/2018</t>
+  </si>
+  <si>
+    <t>MARIA DA GLORIA GONÇALVES SANTOS</t>
+  </si>
+  <si>
+    <t>11º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa à Saúde</t>
+  </si>
+  <si>
+    <t>ELEONORA MARISE SILVA RODRIGUES</t>
+  </si>
+  <si>
+    <t>Remoção por permuta</t>
+  </si>
+  <si>
+    <t>2298/2021</t>
+  </si>
+  <si>
+    <t>2.298/2021</t>
+  </si>
+  <si>
+    <t>MARIA IVANA BOTELHO VIEIRA DA SILVA</t>
+  </si>
+  <si>
+    <t>12º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Meio Ambiente e Patrimônio Histórico-Cultural</t>
+  </si>
+  <si>
+    <t>SÉRGIO GADELHA SOUTO</t>
+  </si>
+  <si>
+    <t>052/2023</t>
+  </si>
+  <si>
+    <t>1141/2020</t>
+  </si>
+  <si>
+    <t>RICARDO VAN DER LINDEN DE VASCONCELLOS COELHO</t>
+  </si>
+  <si>
+    <t>13º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>1503/2017</t>
+  </si>
+  <si>
+    <t>242/2026</t>
+  </si>
+  <si>
+    <t>IVO PEREIRA  DE LIMA</t>
+  </si>
+  <si>
+    <t>14º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa do Patrimônio Público</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 - Res CPJ 014/2017</t>
+  </si>
+  <si>
+    <t>NATÁLIA MARIA CAMPELO</t>
+  </si>
+  <si>
+    <t>647/2022</t>
+  </si>
+  <si>
+    <t>391/2020</t>
+  </si>
+  <si>
+    <t>15º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>HODIR FLAVIO GUERRA LEITÃO DE MELO</t>
+  </si>
+  <si>
+    <t>397/2020</t>
+  </si>
+  <si>
+    <t>2439/2019</t>
+  </si>
+  <si>
+    <t>LUCILA VAREJÃO DIAS MARTINS</t>
+  </si>
+  <si>
+    <t>16º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa dos Direitos do Consumidor</t>
+  </si>
+  <si>
+    <t>MAVIAEL DE SOUZA SILVA</t>
+  </si>
+  <si>
+    <t>487/2006</t>
+  </si>
+  <si>
+    <t>17º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>743/2023</t>
+  </si>
+  <si>
+    <t>GUSTAVO LINS TOURINHO COSTA</t>
+  </si>
+  <si>
+    <t>18º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Ato 071/2001</t>
+  </si>
+  <si>
+    <t>2855/2022</t>
+  </si>
+  <si>
+    <t>LILIANE DA FONSECA LIMA ROCHA</t>
+  </si>
+  <si>
+    <t>19º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>SOLON IVO DA SILVA FILHO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1438/2013 </t>
+  </si>
+  <si>
+    <t>20º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Habitação e Urbanismo</t>
+  </si>
+  <si>
+    <t>MARIA LIZANDRA LIRA DE CARVALHO</t>
+  </si>
+  <si>
+    <t>1501/2017</t>
+  </si>
+  <si>
+    <t>1708/2014</t>
+  </si>
+  <si>
+    <t>AUREA ROSANE VIEIRA</t>
+  </si>
+  <si>
+    <t>21º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>1ª e 2ª Varas de Acidentes do Trabalho</t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 - RES-CPJ Nº 11/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1269/2010</t>
+  </si>
+  <si>
+    <t>1094/2014</t>
+  </si>
+  <si>
+    <t>GIPSY SANTOS DA SILVA TELLES</t>
+  </si>
+  <si>
+    <t>22º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa do Direito Humano à Educação</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº002/2004</t>
+  </si>
+  <si>
     <t>1740/2020</t>
   </si>
   <si>
-    <t>44º Promotor de Justiça Criminal</t>
-[...646 lines deleted...]
-  <si>
     <t>21/09/2020</t>
   </si>
   <si>
     <t>23º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>Atuar em todas as etapas dos procedimentos especiais de apuração de práticas de atos infracionais</t>
   </si>
   <si>
     <t>LUIZ GUILHERME DA FONSECA LAPENDA</t>
   </si>
   <si>
     <t>570/2015</t>
   </si>
   <si>
     <t>24º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>25º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>LC nº 21/1998 - Res. CPJ 002/2000 e Res CPJ 014/2017</t>
   </si>
   <si>
     <t>ANDRÉA MAGALHÃES PORTO OLIVEIRA</t>
@@ -2079,186 +2090,189 @@
   <si>
     <t>EDUARDO LUIZ SILVA CAJUEIRO</t>
   </si>
   <si>
     <t>28º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>Res-CPJ nº 02/2003</t>
   </si>
   <si>
     <t>FREDERICO JOSÉ SANTOS DE OLIVEIRA</t>
   </si>
   <si>
     <t>3758/2023</t>
   </si>
   <si>
     <t>2857/2022</t>
   </si>
   <si>
     <t>29º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>Res- CPJ nº 02/2003</t>
   </si>
   <si>
+    <t>767/2021</t>
+  </si>
+  <si>
+    <t>235/2026</t>
+  </si>
+  <si>
     <t>GILKA MARIA DE ALMEIDA VASCONCELOS DE MIRANDA</t>
   </si>
   <si>
-    <t>767/2021</t>
+    <t>30º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa dos Direitos Humanos à Pessoa Idosa</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 004/2005</t>
+  </si>
+  <si>
+    <t>LUCIANA MACIEL DANTAS FIGUEIREDO</t>
+  </si>
+  <si>
+    <t>394/2007</t>
+  </si>
+  <si>
+    <t>31º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa da Função Social da Propriedade Rural</t>
+  </si>
+  <si>
+    <t>Res- CPJ nº01/2004</t>
+  </si>
+  <si>
+    <t>658/2004</t>
+  </si>
+  <si>
+    <t>2856/2022</t>
+  </si>
+  <si>
+    <t>EDSON JOSE GUERRA</t>
+  </si>
+  <si>
+    <t>32º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e Defesa dos Direitos Humanos da Criança e do Adolescente (Extrajudicial)</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº002/2005</t>
+  </si>
+  <si>
+    <t>ROSA MARIA SALVI DA CARVALHEIRA</t>
+  </si>
+  <si>
+    <t>181/2006</t>
+  </si>
+  <si>
+    <t>33º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>JECQUELINE GUILHERME AYMAR ELIHIMAS</t>
+  </si>
+  <si>
+    <t>182/2006</t>
+  </si>
+  <si>
+    <t>34º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Res- CPJ nº007/2006</t>
+  </si>
+  <si>
+    <t>HELENA CAPELA GOMES CARNEIRO LIMA</t>
+  </si>
+  <si>
+    <t>1149/2012</t>
+  </si>
+  <si>
+    <t>35º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Res- CPJ nº010/2006</t>
+  </si>
+  <si>
+    <t>FERNANDA HENRIQUES DA NOBREGA</t>
+  </si>
+  <si>
+    <t>646/2022</t>
+  </si>
+  <si>
+    <t>219/2019</t>
+  </si>
+  <si>
+    <t>31/01/2019</t>
+  </si>
+  <si>
+    <t>BETTINA ESTANISLAU GUEDES</t>
+  </si>
+  <si>
+    <t>36º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Direito Humano ao Transporte na Região Metropolitana do Recife</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Res- CPJ nº 010/2006</t>
+  </si>
+  <si>
+    <t>LEONARDO BRITO CARIBÉ</t>
+  </si>
+  <si>
+    <t>053/2023</t>
+  </si>
+  <si>
+    <t>HUMBERTO DA SILVA GRACA</t>
+  </si>
+  <si>
+    <t>39º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>Promoção e acompanhamento  das ações judiciais e extrajudiciais na tutela de direitos coletivos e difusos e em relação à política de atendimento das entidades que desenvolvem programas de execução de todas as medidas socioeducativas; realização de inspeções nas unidades de internação provisória, de internação e semiliberdade situadas no Recife e na sua Região Metropolitana, onde tenha atribuição legal, à exceção das localizadas no Cabo de Santo Agostinho, adotando as providências cabíveis; na fiscalização da implantação da execução das medidas socioeducativas dispostas no ECA; nos procedimentos especiais judiciais de execução de medidas socioeducativas e de outras medidas aplicadas ao adolescente em conflito com a lei  e  nos demais feitos que tramitarem perante a Vara Regional da 1ª Circunscrição que não estejam relacionados a adolescentes em conflito com a lei</t>
+  </si>
+  <si>
+    <t>Res- CPJ nº 005/2016</t>
+  </si>
+  <si>
+    <t>2960/2021</t>
+  </si>
+  <si>
+    <t>TILEMON GONÇALVES DOS SANTOS</t>
+  </si>
+  <si>
+    <t>41º Promotor de Justiça de Defesa da Cidadania</t>
+  </si>
+  <si>
+    <t>KATARINA MORAIS DE GUSMÃO</t>
   </si>
   <si>
     <t>1150/2012</t>
-  </si>
-[...127 lines deleted...]
-    <t>41º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>42º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>MARIA IZAMAR CIRIACO PONTES</t>
   </si>
   <si>
     <t>3759/2023</t>
   </si>
   <si>
     <t>2860/2022</t>
   </si>
   <si>
     <t>HÉLIO JOSÉ DE CARVALHO XAVIER</t>
   </si>
   <si>
     <t>43º Promotor de Justiça de Defesa da Cidadania</t>
   </si>
   <si>
     <t>LC nº229/2013</t>
   </si>
   <si>
     <t>FABIANO DE MELO PESSOA</t>
   </si>
@@ -2390,117 +2404,99 @@
   <si>
     <t>Res-CPJ nº005/2014</t>
   </si>
   <si>
     <t>LILIANE JUBERT GOUVEIA FINIZOLA DA CUNHA</t>
   </si>
   <si>
     <t>1146/2012</t>
   </si>
   <si>
     <t>8º Promotor de Justiça Substituto</t>
   </si>
   <si>
     <t>1764/2013</t>
   </si>
   <si>
     <t>3.664/2025</t>
   </si>
   <si>
     <t>ÉDIPO SOARES CAVALCANTE FILHO</t>
   </si>
   <si>
     <t>10º Promotor de Justiça Substituto</t>
   </si>
   <si>
-    <t>RINALDO JORGE DA SILVA</t>
-[...1 lines deleted...]
-  <si>
     <t>944/2019</t>
   </si>
   <si>
-    <t>348/2012</t>
-[...7 lines deleted...]
-  <si>
     <t>46º Promotor de Justiça da Cidadania</t>
   </si>
   <si>
     <t>LC nº 21/1998 - RES CPJ 21/2024</t>
   </si>
   <si>
     <t>Cidadania</t>
   </si>
   <si>
     <t>ALEXANDRE FERNANDO SARAIVA DA COSTA</t>
   </si>
   <si>
     <t>354/2025</t>
   </si>
   <si>
     <t>191/2018</t>
   </si>
   <si>
     <t>Nome e Atuação modificados pela RES CPJ 21/2024 de 11/11/2024, DO 14/11/2024</t>
   </si>
   <si>
     <t>13º Promotor de Justiça Substituto</t>
   </si>
   <si>
     <t xml:space="preserve"> 1437/2013</t>
   </si>
   <si>
     <t>AMARO REGINALDO SILVA LIMA</t>
   </si>
   <si>
     <t>14º Promotor de Justiça Substituto</t>
   </si>
   <si>
     <t>1452/2018</t>
   </si>
   <si>
     <t>15º Promotor de Justiça Substituto</t>
   </si>
   <si>
     <t>SHIRLEY PATRIOTA LEITE</t>
   </si>
   <si>
     <t xml:space="preserve"> 881/2009</t>
   </si>
   <si>
     <t>16º Promotor de Justiça Substituto</t>
-  </si>
-[...4 lines deleted...]
-    <t>MAURÍLIO SÉRGIO DA SILVA</t>
   </si>
   <si>
     <t>14ª Promotor de Justiça Cível da Capital</t>
   </si>
   <si>
     <t>13ª Vara de Família e Registro Civil da Capital</t>
   </si>
   <si>
     <t>LC nº 21/1998 - Res-CPJ 006/2024</t>
   </si>
   <si>
     <t>MARIA FABIANNA RIBEIRO DO VALE ESTIMA</t>
   </si>
   <si>
     <t>2.344/2024</t>
   </si>
   <si>
     <t>393/2020</t>
   </si>
   <si>
     <t>18º Promotor de Justiça Substituto</t>
   </si>
   <si>
     <t>ANDRE FELIPE BARBOSA DE MENEZES</t>
   </si>
@@ -2767,50 +2763,53 @@
     <t>15/11/2018</t>
   </si>
   <si>
     <t>Cidadania (Idoso, Educação,
 Pessoa com Deficiência e Direitos
 Humanos, Habitação e Urbanismo),
 Meio Ambiente e Acidentes do
 Trabalho</t>
   </si>
   <si>
     <t>Res-CPJ nº 011/2017</t>
   </si>
   <si>
     <t>ROSANE MOREIRA CAVALCANTI</t>
   </si>
   <si>
     <t>2337/2017</t>
   </si>
   <si>
     <t>1502/2017</t>
   </si>
   <si>
     <t>cargo com atribuição modificada pela Res 011/2017</t>
   </si>
   <si>
+    <t>ANA RÚBIA TORRES DE CARVALHO</t>
+  </si>
+  <si>
     <t>Vara Privativa do Juri</t>
   </si>
   <si>
     <t>Res-CPJ nº 001/2001 e nº 011/2016</t>
   </si>
   <si>
     <t>LUIZ MARCELO DA FONSECA FILHO</t>
   </si>
   <si>
     <t>068/2023</t>
   </si>
   <si>
     <t>2499/2022</t>
   </si>
   <si>
     <t>Sonegação Fiscal, Consumidor e
 Saúde</t>
   </si>
   <si>
     <t>954/2019</t>
   </si>
   <si>
     <t>24/04/2019</t>
   </si>
   <si>
@@ -2954,54 +2953,54 @@
 das ações
 propostas pela 1ª
 Promotoria e na
 Vara da Infância
 e Juventude de
 Caruaru,
 excluídas as
 atribuições judiciais das 5ª e
 7ª Promotorias
 de Cidadania de
 Caruaru.</t>
   </si>
   <si>
     <t>Res-CPJ nº 010/2017 e Res. CPJ nº 001/2021 - RES-CPJ 006/2025</t>
   </si>
   <si>
     <t>ANTONIO ROLEMBERG FEITOSA JUNIOR</t>
   </si>
   <si>
     <t>2.360/2024</t>
   </si>
   <si>
     <t>cargo com atribuição alterada pela RES 001/2021</t>
   </si>
   <si>
-    <t>2ª Vara de Família e Registro Civil de Caruaru</t>
-[...2 lines deleted...]
-    <t>Res-CPJ nº 009/2014 e Res-CPJ nª 001/2020</t>
+    <t>2ª Vara de Família e Registro Civil de Caruaru, Centro Judiciário de Solução de Conflitos e Cidadania (CEJUSC) e à Central de Cartas de Ordem, Rogatória e Precatória de Caruaru</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 009/2014 e Res-CPJ nª 001/2020 e RES CPJ nº 007/2025</t>
   </si>
   <si>
     <t>ANTÔNIO CARLOS ARAÚJO</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color theme="1"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve">Ato PGJ nº 020/2000
 </t>
     </r>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color rgb="FF000000"/>
         <sz val="8.0"/>
       </rPr>
       <t>(Designação para antigo 4º PJ Cível de Caruaru, cargo  transformado em 2º PJ Cível de Caruaru pela Res- CPJ nº 004/2002. Após isso, o cargo de 2º PJ Cível foi transformado em 1º PJ Cível pela Res-CPJ nº  009/2014)</t>
     </r>
   </si>
   <si>
     <t>cargo com atribuição alterada pela RES 001/2020</t>
@@ -3016,137 +3015,98 @@
     <t>1.754/2025</t>
   </si>
   <si>
     <t>358/2025</t>
   </si>
   <si>
     <t>ANA PAULA SANTOS MARQUES</t>
   </si>
   <si>
     <t>2º Promotor de Defesa da Cidadania</t>
   </si>
   <si>
     <t>Patrimônio Público, Fundações e Entidades Assistenciais</t>
   </si>
   <si>
     <t>Res-CPJ nº 001/2008</t>
   </si>
   <si>
     <t>MARCUS ALEXANDRE TIEPPO RODRIGUES</t>
   </si>
   <si>
     <t>1721/2014</t>
   </si>
   <si>
     <t xml:space="preserve">
-1ª Vara de Família e Registro Civil de Caruaru
-[...19 lines deleted...]
-    </r>
+1ª Vara de Família e Registro Civil de Caruaru, 3ª, 4ª, 5ª e 6ª Varas Cíveis, Vara de Sucessões e Registros Públicos e 1ª e 2ª Varas da Fazenda Pública.</t>
   </si>
   <si>
     <t>EDEILSON LINS DE SOUSA JUNIOR</t>
   </si>
   <si>
     <t>1221/2017</t>
   </si>
   <si>
     <t>1029/2016</t>
   </si>
   <si>
     <t>3º Promotor de Defesa da Cidadania</t>
   </si>
   <si>
     <t>Meio Ambiente, Habitação e Urbanismo</t>
   </si>
   <si>
     <t>JEANNE BEZERRA SILVA</t>
   </si>
   <si>
     <t>2501/2022</t>
   </si>
   <si>
+    <t>14º Promotoria de Justiça Criminal</t>
+  </si>
+  <si>
     <t xml:space="preserve">
-CEJUSC, Central de Cartas de Ordem, Precatória e Rogatória, 1ª e 2ª Vara da Fazenda Pública, 1ª, 2ª, 3ª, 4ª e 5ª Vara Cível, todas de Caruaru
-[...27 lines deleted...]
-    </r>
+Vara Privativa do Tribunal do Júri de Caruaru</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 011/2016, RES CPJ nº 008/2019 (atuação CEJUSC), RES CPJ 001/2020 e RES CPJ nº 007/2025</t>
   </si>
   <si>
     <t>651/2006
 (Designação para antigo 4º PJ Cível de Caruaru, cargo posteriormente renomeado para 3º PJ Cível de Caruaru pela Res-CPJ nº 009/2014)</t>
   </si>
   <si>
     <t>27/01/2012</t>
   </si>
   <si>
     <t>202/2012</t>
   </si>
   <si>
     <t>cargo com atribuições alteradas pela RES CPJ 001/2020</t>
+  </si>
+  <si>
+    <t>EDITAL 13/2025 - REMOÇÃO</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color rgb="FF000000"/>
         <sz val="8.0"/>
       </rPr>
       <t>Central de Inquéritos</t>
     </r>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color rgb="FF000000"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color rgb="FF000000"/>
         <sz val="8.0"/>
@@ -3181,81 +3141,75 @@
     <t>SOPHIA WOLFOVITCH SPINOLA</t>
   </si>
   <si>
     <t>3771/2023</t>
   </si>
   <si>
     <t>28/11/2022</t>
   </si>
   <si>
     <t>2.825/2022</t>
   </si>
   <si>
     <t>PAULO AUGUSTO DE FREITAS OLIVEIRA</t>
   </si>
   <si>
     <t>Vara Privativa do Júri</t>
   </si>
   <si>
     <t>JUANA VIANA OURIQUES DE OLIVEIRA</t>
   </si>
   <si>
     <t>1106/2023</t>
   </si>
   <si>
     <t>058/2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>5º Promotor de Defesa da Cidadania</t>
   </si>
   <si>
     <t>Promoção e
 defesa
 individuais,
 difusos e
 coletivos da
 criança e do
 adolescente;
 fiscalização das
 entidades de
 acolhimento
 institucional e
 atuação perante
 a Vara da
 Infância e
 Juventude de
 Caruaru
 exclusivamente
 nas ações
 propostas pela
 própria
 Promotoria.</t>
   </si>
   <si>
-    <t>651/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>3.668/2025</t>
   </si>
   <si>
     <t>cargo com atribuição modificada pela  Res CPJ 01/2021</t>
   </si>
   <si>
     <t>SÍLVIA AMÉLIA DE MELO OLIVEIRA</t>
   </si>
   <si>
     <t>EDUARDO PIMENTEL DE VASCONCELOS DE AQUINO</t>
   </si>
   <si>
     <t>656/2022</t>
   </si>
   <si>
     <t>950/2019</t>
   </si>
   <si>
     <t>MÁRCIA MARIA AMORIM DE OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Central de Inquérito </t>
   </si>
   <si>
     <r>
@@ -3323,60 +3277,57 @@
       </rPr>
       <t>Res-CPJ nº 004/2002</t>
     </r>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color rgb="FF000000"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve"> e Res. CPJ nº 001/2021</t>
     </r>
   </si>
   <si>
     <t>RHYZEANE ALAIDE CAVALCANTI DE MORAIS</t>
   </si>
   <si>
     <t>2.356/2024</t>
   </si>
   <si>
     <t xml:space="preserve">3ª Vara Regional de Execução Penal </t>
   </si>
   <si>
     <t>Res-CPJ nº 003/2011</t>
   </si>
   <si>
+    <t>781/2021</t>
+  </si>
+  <si>
+    <t>244/2026</t>
+  </si>
+  <si>
     <t>FABIANO MORAIS DE HOLANDA BELTRÃO</t>
-  </si>
-[...7 lines deleted...]
-    <t>RONALDO ROBERTO LIRA E SILVA</t>
   </si>
   <si>
     <t>MARCELO TEBET HALFELD</t>
   </si>
   <si>
     <t>2333/2017</t>
   </si>
   <si>
     <t>1235/2017</t>
   </si>
   <si>
     <t>Olinda</t>
   </si>
   <si>
     <t xml:space="preserve">10º Promotor de Justiça Criminal </t>
   </si>
   <si>
     <t>Lei 229/2013 - Res-CPJ nº 002/2013</t>
   </si>
   <si>
     <t>FABIANA MACHADO RAIMUNDO DE LIMA</t>
   </si>
   <si>
     <t>060/2023</t>
   </si>
@@ -3683,57 +3634,57 @@
       </rPr>
       <t>RES CPJ nº 008/2019 (atuação CEJUSC)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Century Gothic"/>
         <color theme="1"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve"> e  nº 005/2024</t>
     </r>
   </si>
   <si>
     <t>JOÃO PAULO PEDROSA BARBOSA</t>
   </si>
   <si>
     <t>398/2020</t>
   </si>
   <si>
     <t>cargo com atribuição modificada pela RES C´J 005/2018 e RES CPJ 008/2019</t>
   </si>
   <si>
     <t>Juizado Especial Criminal das 1ª e 2ª Varas Criminais e Central de Inquéritos de Paulista (inclusive nos feitos extrajudiciais relativos à violência doméstica e familiar contra a mulher e os feitos extrajudiciais relativos à sonegação fiscal)</t>
   </si>
   <si>
-    <t>1169/2012</t>
+    <t>CAMILA MENDES DE SANTANA COUTINHO</t>
+  </si>
+  <si>
+    <t>243/2026</t>
   </si>
   <si>
     <t>3.669/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>CAMILA MENDES DE SANTANA COUTINHO</t>
   </si>
   <si>
     <t xml:space="preserve"> Patrimônio Público,  Fundações e Entidades do terceiro setor</t>
   </si>
   <si>
     <t>Res-CPJ nº 001/2013</t>
   </si>
   <si>
     <t>ALINE DANIELA FLORÊNCIO LARANJEIRA</t>
   </si>
   <si>
     <t>410/2020</t>
   </si>
   <si>
     <t>MARCUS BRENER GUALBERTO DE ARAGÃO</t>
   </si>
   <si>
     <t>1.766/2025</t>
   </si>
   <si>
     <t>Promoção e Defesa da Saúde e dos Direitos da Pessoa Idosa</t>
   </si>
   <si>
     <t>CHRISTIANA RAMALHO LEITE CAVALCANTE</t>
   </si>
@@ -3986,141 +3937,149 @@
   <si>
     <t>CLÁUDIA RAMOS MAGALHÃES</t>
   </si>
   <si>
     <t>946/2019</t>
   </si>
   <si>
     <t>881/2009</t>
   </si>
   <si>
     <t>15/07/2009</t>
   </si>
   <si>
     <t xml:space="preserve">3ª Vara Criminal </t>
   </si>
   <si>
     <t>DIEGO ALBUQUERQUE TAVARES</t>
   </si>
   <si>
     <t>408/2020</t>
   </si>
   <si>
     <t>947/2019</t>
   </si>
   <si>
-    <t>Patrimônio Público</t>
+    <t>Extrajudicial: Patrimônio Público e Tutela de Fundações e Entidades de Interesse Público.</t>
+  </si>
+  <si>
+    <t>RES CPJ nº 004/2002 - RES CPJ 013/2025</t>
   </si>
   <si>
     <t>ANA LUIZA PEREIRA DA SILVEIRA</t>
   </si>
   <si>
     <t>1944/2011</t>
   </si>
   <si>
     <t>DANIEL CEZAR DE LIMA VIEIRA</t>
   </si>
   <si>
     <t>1.757/2025</t>
   </si>
   <si>
     <t>362/2025</t>
   </si>
   <si>
     <t>IZABELA MARIA LEITE MOURA DE MIRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">Atribuição extrajudicial concorrente na promoção e defesa dos direitos difusos, coletivos e individuais indisponíveis da criança e do adolescente, e atuação judicial concorrente na Vara da Infância e Juventude de Jaboatão dos Guararapes, exceto na instrução e julgamento de ações de apuração de ato infracional e execução de medida socioeducativa;
 Fiscalização de entidades de acolhimento institucional. Fiscalização da atuação e do processo de escolha dos Conselhos Tutelares de Jaboatão dos Guararapes.
 </t>
   </si>
   <si>
     <t>RES CPJ nº 001/2022</t>
   </si>
   <si>
     <t>DILIANI MENDES RAMOS</t>
   </si>
   <si>
     <t>649/2022</t>
   </si>
   <si>
     <t>949/2019</t>
   </si>
   <si>
     <t>RES CPJ nº 001/2022 - vigência 03/03/2022</t>
   </si>
   <si>
     <t>MARIA DE FÁTIMA DE ARAÚJO FERREIRA</t>
   </si>
   <si>
     <t>JOSE FRANCISCO BASÍLIO DE SOUZA DOS SANTOS</t>
   </si>
   <si>
     <t>2341/2017</t>
   </si>
   <si>
-    <t xml:space="preserve"> Educação, Idoso, Grupos em Situação de Vulnerabilidade, Tutela de Fundações e Entidades de Interesse Público e dos Direitos
-Humanos não especificados nas atribuições dos demais cargos.</t>
+    <t>Extrajudicial: Educação, Idoso, Grupos em vulnerabilidade e dos Direitos Humanos não especificados nas atribuições dos demais cargos específica ou geral;</t>
+  </si>
+  <si>
+    <t>RES CPJ nº 010/2014 - RES CPJ 013/2025</t>
   </si>
   <si>
     <t>ISABELA RODRIGUES BANDEIRA CARNEIRO LEÃO</t>
   </si>
   <si>
     <t>1459/2010</t>
   </si>
   <si>
     <t>ERIKA SAMPAIO CARDOSO KRAYCHETE</t>
   </si>
   <si>
     <t>605/2013</t>
   </si>
   <si>
     <t>Atribuição extrajudicial concorrente na promoção e defesa dos direitos difusos, coletivos e individuais indisponíveis da criança e do adolescente, e atuação judicial concorrente na Vara da Infância e Juventude de Jaboatão dos Guararapes, exceto na instrução e julgamento de ações de apuração de ato infracional e execução de medida socioeducativa; Fiscalização de entidades de acolhimento institucional; Fiscalização da atuação e do processo de escolha dos Conselhos Tutelares de Jaboatão dos Guararapes.</t>
   </si>
   <si>
     <t>TATHIANA BARROS GOMES</t>
   </si>
   <si>
     <t>957/2019</t>
   </si>
   <si>
     <t>RES CPJ nº 001/2022 - vigência 03/03/2022 - antigo 5º Promotor de Justiça Cível</t>
   </si>
   <si>
     <t>DANIEL GUSTAVO MENEGUZ MORENO</t>
   </si>
   <si>
     <t>062/2023</t>
   </si>
   <si>
     <t>396/2020</t>
   </si>
   <si>
     <t>Vara de Violência Doméstica e Familiar contra Mulher</t>
   </si>
   <si>
     <t>RES CPJ nº 002/2013</t>
+  </si>
+  <si>
+    <t>1.752/2025</t>
   </si>
   <si>
     <t>EDITAL 06/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>§ UN, Art 1º da LC nº 536/2024 e RES CPJ 15/2024</t>
   </si>
   <si>
     <t>14/06/2024</t>
   </si>
   <si>
     <t>nunca provido</t>
   </si>
   <si>
     <t>§ UN, Art 1º da LC nº 536/2024 - RES CPJ 19/2024</t>
   </si>
   <si>
     <t>§ UN, Art 1º da LC nº 536/2024 - RES CPJ 28/2024</t>
   </si>
   <si>
     <t>COUNTA of Instância</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
@@ -4305,50 +4264,53 @@
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="166" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="167" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="168" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
+    <xf borderId="1" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="3" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="3" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="3" numFmtId="49" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="3" numFmtId="49" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="167" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="6" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
@@ -4397,72 +4359,69 @@
     <xf borderId="1" fillId="0" fontId="7" numFmtId="165" xfId="0" applyBorder="1" applyFont="1" applyNumberFormat="1"/>
     <xf borderId="1" fillId="0" fontId="3" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="4" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="6" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="6" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="4" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
+    <xf borderId="1" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="0" fontId="3" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="6" numFmtId="166" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="4" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
-    <xf borderId="1" fillId="0" fontId="3" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-[...4 lines deleted...]
-    </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
-[...1 lines deleted...]
-    <xf borderId="1" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="3" numFmtId="49" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="3" numFmtId="166" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="10" numFmtId="0" xfId="0" applyFont="1"/>
     <xf borderId="0" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="11" numFmtId="0" xfId="0" applyFont="1"/>
     <xf borderId="0" fillId="0" fontId="11" numFmtId="164" xfId="0" applyFont="1" applyNumberFormat="1"/>
     <xf borderId="0" fillId="0" fontId="11" numFmtId="49" xfId="0" applyFont="1" applyNumberFormat="1"/>
     <xf borderId="0" fillId="0" fontId="10" numFmtId="164" xfId="0" applyFont="1" applyNumberFormat="1"/>
@@ -4566,67 +4525,71 @@
           <color rgb="FF000000"/>
         </top>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="1">
     <tableStyle count="12" table="0" name="Google Sheets Pivot Table Style">
       <tableStyleElement dxfId="1" type="wholeTable"/>
       <tableStyleElement dxfId="2" type="firstRowSubheading"/>
       <tableStyleElement dxfId="2" type="secondRowSubheading"/>
       <tableStyleElement dxfId="2" type="thirdRowSubheading"/>
       <tableStyleElement dxfId="3" type="firstColumnSubheading"/>
       <tableStyleElement dxfId="3" type="secondColumnSubheading"/>
       <tableStyleElement dxfId="3" type="thirdColumnSubheading"/>
       <tableStyleElement dxfId="3" type="headerRow"/>
       <tableStyleElement dxfId="4" type="firstSubtotalRow"/>
       <tableStyleElement dxfId="4" type="secondSubtotalRow"/>
       <tableStyleElement dxfId="4" type="thirdSubtotalRow"/>
       <tableStyleElement dxfId="5" type="totalRow"/>
     </tableStyle>
   </tableStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" invalid="1" refreshOnLoad="1">
   <cacheSource type="worksheet">
     <worksheetSource ref="A1:S151" sheet="Quadro Geral"/>
   </cacheSource>
   <cacheFields>
     <cacheField name="nº" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1">
         <n v="1.0"/>
         <n v="2.0"/>
         <n v="3.0"/>
         <n v="4.0"/>
         <n v="5.0"/>
         <n v="6.0"/>
         <n v="7.0"/>
         <n v="8.0"/>
         <n v="9.0"/>
         <n v="10.0"/>
         <n v="11.0"/>
@@ -4986,51 +4949,51 @@
         <s v="Vara de Execuções Penais e Penas Alternativas"/>
         <s v="1ª Vara de Execuções Penais e Corregedoria"/>
         <s v="Auditoria da Justiça Militar"/>
         <s v="15ª Vara Criminal da Capital"/>
         <s v="Processos relativos aos crimes praticados contra a criança e o adolescente, que tramitam perante a 1ª Vara Crimes contra a Criança e o Adolescente da Capital."/>
         <s v="Central de Inquéritos"/>
         <s v="1º Juizado Especial Criminal"/>
         <s v="3º Juizado Especial Criminal"/>
         <s v="2º Juizado Especial Criminal"/>
         <s v="4º Juizado Especial Criminal"/>
         <s v="Central de Inquéritos da Capital"/>
         <s v="19ª Vara Criminal "/>
         <s v="13ª Vara Criminal transformou-se em 12ª Vara Criminal pela LC 204/2012"/>
         <s v="Processos relativos aos crimes praticados contra a criança e o adolescente, que tramitam perante a 2ª Vara Crimes contra a Criança e o Adolescente da Capital."/>
         <s v="1º Vara de Violência Doméstica e Familiar contra a Mulher"/>
         <s v="3ª Vara Privativa do Juri"/>
         <s v="4ª Vara Privativa do Juri"/>
         <s v="Juizado Especial Criminal do Idoso da Capital"/>
         <s v="1ª Vara Privativa do Juri da Capital"/>
         <s v="2ª Vara Privativa do Juri da Capital"/>
         <s v="2ª Vara de Violência Doméstica e Familiar contra a mulher da Capital"/>
         <s v="Vara de Execuções Penais da Capital em Meio Aberto (VEPEMA)"/>
         <s v="3ª Vara do Tribunal do Juri"/>
         <s v="4ª Vara do Tribunal do Juri"/>
         <s v="13ª Vara Criminal"/>
-        <s v="20ª Vara Criminal"/>
+        <s v="3ª Vara de Enfrentamento à Violência Doméstica e Familiar contra a Mulher"/>
         <s v="16ª Vara Criminal"/>
         <s v="18ª Vara Criminal"/>
         <s v="3ª Vara de Violência Doméstica e Familiar contra a Mulher"/>
         <s v="3ª Vara do Tribunal do Júri da Capital"/>
         <s v="4ª Vara do Tribunal do Júri da Capital"/>
         <s v="1ª Vara da Infância e Juventude"/>
         <s v="2ª Vara da Infância e Juventude"/>
         <s v="Em todas as etapas dos procedimentos especiais de apuração de práticas de atos infracionais"/>
         <s v="Promoção e acompanhamento  das ações judiciais na tutela de direitos coletivos e difusos e em relação à política de atendimento das entidades que desenvolvem programas de execução de todas as medidas socioeducativas; realização de inspeções nas unidades d"/>
         <s v="Promoção e Defesa de Direitos Humanos"/>
         <s v="Tutela de Fundações, Entidades e Organizações Sociais"/>
         <s v="Promoção e Defesa à Saúde"/>
         <s v="Meio Ambiente e Patrimônio Histórico-Cultural"/>
         <s v="Promoção e Defesa do Patrimônio Público"/>
         <s v="Promoção e Defesa dos Direitos do Consumidor"/>
         <s v="Habitação e Urbanismo"/>
         <s v="1ª e 2ª Varas de Acidentes do Trabalho"/>
         <s v="Promoção e Defesa do Direito Humano à Educação"/>
         <s v="Atuar em todas as etapas dos procedimentos especiais de apuração de práticas de atos infracionais"/>
         <s v="Promoção e Defesa dos Direitos Humanos à Pessoa Idosa"/>
         <s v="Promoção e Defesa da Função Social da Propriedade Rural"/>
         <s v="Promoção e Defesa dos Direitos Humanos da Criança e do Adolescente (Extrajudicial)"/>
         <s v="Direito Humano ao Transporte na Região Metropolitana do Recife"/>
         <s v="Promoção e acompanhamento  das ações judiciais e extrajudiciais na tutela de direitos coletivos e difusos e em relação à política de atendimento das entidades que desenvolvem programas de execução de todas as medidas socioeducativas; realização de inspeçõ"/>
         <s v="1 - Promover e acompanhar as Ações judiciais e extrajudiciais na tutela de direitos coletivos e difusos e em relação à política de atendimento das entidades que desenvolvem programas de execução de todas as MSE;&#10;2 - Realizar inspeções nas unidades de inte"/>
@@ -5057,411 +5020,409 @@
         <s v=" Res- CPJ nº011/2016"/>
         <s v="Res- CPJ nº005/2006"/>
         <s v="LC nº21/1998. Res - CPJ nº 017/2017"/>
         <s v="Res- CPJ nº017/2017"/>
         <s v="Res- CPJ nº004/2002"/>
         <s v="Res- CPJ nº002/2000"/>
         <s v="Res-CPJ nº005/2011"/>
         <s v="Res- CPJ nº004/2018"/>
         <s v="Res- CPJ nº006/2011"/>
         <s v=" POR-PGJ 1205/2008"/>
         <s v="Res-CPJ 006/2024"/>
         <s v="RES-CPJ Nº 11/2016"/>
         <s v="Res- CPJ nº 017/2017"/>
         <s v="Res- CPJ nº 005/2006 Portaria POR-PGJ nº1205/2008 "/>
         <s v=" Res - CPJ nº005/2006"/>
         <s v="Res-CPJ nº006/2011"/>
         <s v=" Res-CPJ nº011/2006"/>
         <s v="Res- CPJ nº 005/2014 e Res- CPJ nº 001/2007"/>
         <s v="Res- CPJ nº006/2014 e LC nº 229"/>
         <s v="Res- CPJ nº001/2014"/>
         <s v="Res- CPJ nº003/2015"/>
         <s v="Res-  CPJ nº003/2015"/>
         <s v="Res-CPJ nº 003/2023"/>
         <s v=" Res- CPJ nº008/2017"/>
         <s v="RES CPJ nº 017/2017"/>
+        <s v="RES CPJ nº 017/2017 - RES CPJ 014/2025"/>
         <s v="LC nº 21/1998 e Res CPJ nº 008/2018"/>
         <s v="LC nº 21/1998 e Res CPJ nº 006/2019"/>
         <s v="LC nº 21/1998"/>
         <s v="Res-CPJ nº005/2016"/>
         <s v="LC nº 21/1998 - Res CPJ 014/2017"/>
         <s v="LC nº 21/1998 - RES-CPJ Nº 11/2016"/>
         <s v="Res-CPJ nº002/2004"/>
         <s v="LC nº 21/1998 - Res. CPJ 002/2000 e Res CPJ 014/2017"/>
         <s v="Res-CPJ nº 02/2003"/>
         <s v="Res- CPJ nº 02/2003"/>
         <s v="Res-CPJ nº 004/2005"/>
         <s v="Res- CPJ nº01/2004"/>
         <s v="Res-CPJ nº002/2005"/>
         <s v="Res- CPJ nº007/2006"/>
         <s v=" Res- CPJ nº010/2006"/>
         <s v=" Res- CPJ nº 010/2006"/>
         <s v="Res- CPJ nº 005/2016"/>
         <s v="LC nº229/2013"/>
         <s v="LC nº 21/1998 - RES CPJ nº 005/2022"/>
         <s v="LC nº230/2013"/>
         <s v="Res-CPJ nº003/2023"/>
         <s v="Res-CPJ nº005/2014"/>
         <s v="LC nº 21/1998 - RES CPJ 21/2024"/>
         <s v="LC nº 21/1998 - Res-CPJ 006/2024"/>
         <s v="LC nº 21/1998 - RES-CPJ 004/2025"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Atribuição" numFmtId="0">
       <sharedItems>
         <s v="Cível"/>
         <s v="Crime"/>
-        <s v="Criminal"/>
         <s v="Defesa da Cidadania"/>
         <s v="Geral"/>
         <s v="Substituto"/>
         <s v="Cidadania"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Circunscrição" numFmtId="0">
       <sharedItems>
         <s v="Capital"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Promotor de Justiça" numFmtId="0">
       <sharedItems>
         <s v="PAULO HENRIQUE QUEIROZ FIGUEIREDO"/>
         <s v="ANA CAROLINA PAES DE SA MAGALHAES"/>
         <s v="JOSE AUGUSTO DOS SANTOS NETO"/>
         <s v="HILÁRIO MARINHO PATRIOTA JUNIOR"/>
         <s v="DELUSE AMARAL ROLIM FLORENTINO"/>
         <s v="LUCIANA ALBUQUERQUE PRADO"/>
         <s v="EDUARDO HENRIQUE BORBA LESSA"/>
         <s v="PAULO CESAR DO NASCIMENTO"/>
         <s v="RAIMUNDA NONATA BORGES PIAUILINO FERNANDES"/>
         <s v="MAINAN MARIA DA SILVA"/>
         <s v="MONICA ERLINE SOUZA LEAO AZEVEDO LIMA"/>
-        <s v="VAGO"/>
+        <s v="ANTONIO FERNANDES OLIVEIRA MATOS JUNIOR"/>
         <s v="RIVALDO GUEDES DE FRANÇA"/>
         <s v="RICARDO GUERRA GABÍNIO"/>
         <s v="PATRICIA DA FONSECA LAPENDA PIMENTEL"/>
         <s v="IZABEL CRISTINA HOLANDA TAVARES LEITE"/>
+        <s v="VAGO"/>
         <s v="EVA REGINA DE ALBUQUERQUE BRASIL"/>
         <s v="CRISTIANE WILIENE MENDES CORREIA"/>
         <s v="CRISTIANE MARIA CAITANO DA SILVA"/>
         <s v="ROBERTO BURLAMAQUE CATUNDA SOBRINHO"/>
         <s v="EMANUELE MARTINS PEREIRA"/>
-        <s v="ANA CLAUDIA DE MOURA WALMSLEY"/>
+        <s v="HELDER LIMEIRA FLORENTINO DE LIMA"/>
         <s v="VIVIANE MARIA FREITAS MELO MONTEIRO DE MENEZES"/>
         <s v="VALDECY VIEIRA DA SILVA"/>
         <s v="ANA JOEMIA MARQUES DA ROCHA"/>
         <s v="ALEN DE SOUZA PESSOA"/>
         <s v="FERNANDO CAVALCANTI MATTOS"/>
         <s v="GEOVANA ANDREA CAJUEIRO BELFORT"/>
         <s v="FRANCISCO ORTENCIO DE CARVALHO"/>
         <s v="SUELI ARAÚJO COSTA"/>
         <s v="FERNANDO PORTELA RODRIGUES"/>
-        <s v="EUCLIDES RODRIGUES DE SOUZA JUNIOR"/>
         <s v="NIVALDO RODRIGUES MACHADO FILHO"/>
+        <s v="ANA CLAUDIA DE MOURA WALMSLEY"/>
         <s v="ANDRÉ MÚCIO RABELO DE VASCONCELOS"/>
         <s v="FERNANDO DELLA LATTA CAMARGO"/>
         <s v="LUIS SAVIO LOUREIRO DA SILVEIRA"/>
         <s v="FERNANDO FALCÃO FERRAZ FILHO"/>
         <s v="MARIA HELENA DE OLIVEIRA E LUNA"/>
         <s v="CARLA VERÔNICA PEREIRA FERNANDES"/>
         <s v="QUINTINO GERALDO DINIZ DE MELO"/>
         <s v="ALFREDO PINHEIRO MARTINS NETO"/>
         <s v="HUMBERTO DA SILVA GRAÇA"/>
         <s v="EDGAR BRAZ MENDES"/>
         <s v="ANA CLÉZIA FERREIRA NUNES"/>
         <s v="ALLANA UCHOA DE CARVALHO"/>
         <s v="ROSÂNGELA FURTADO PADELA ALVARENGA"/>
         <s v="ERICA LOPES CEZAR DE ALMEIDA"/>
         <s v="JOÃO ELIAS DA SILVA FILHO"/>
-        <s v="DELANE BARROS DE ARRUDA MENDONCA"/>
         <s v="ANA JAQUELINE BARBOSA LOPES"/>
         <s v="PATRICIA CARNEIRO TAVARES"/>
         <s v="JOSE ROBERTO DA SILVA"/>
-        <s v="ANTONIO FERNANDES OLIVEIRA MATOS JUNIOR"/>
         <s v="MARIA DA CONCEIÇÃO DE OLIVEIRA MARTINS"/>
         <s v="EDUARDO HENRIQUE TAVARES DE SOUZA"/>
         <s v="SONIA MARA ROCHA CARNEIRO"/>
         <s v="GLÁUCIA HULSE DE FARIAS"/>
         <s v="MUNI AZEVEDO CATÃO"/>
+        <s v="PAULA CATHERINE DE LIRA AZIZ ISMAIL"/>
         <s v="JOAO MARIA RODRIGUES FILHO"/>
         <s v="ANTONIO AUGUSTO DE ARROXELAS MACEDO FILHO"/>
         <s v="ROSEMARY SOUTO MAIOR DE ALMEIDA"/>
         <s v="PETRUCIO JOSE LUNA DE AQUINO"/>
         <s v="ELIANE GAIA ALENCAR DANTAS"/>
         <s v="DALVA CABRAL DE OLIVEIRA NETA"/>
         <s v="AÍDA ACIOLI LINS DE ARRUDA"/>
         <s v="ROBERTO BRAYNER SAMPAIO"/>
         <s v="SERGIO ROBERTO DA SILVA PEREIRA"/>
         <s v="JOSE EDIVALDO DA SILVA"/>
         <s v="ANGELA MARCIA FREITAS DA CRUZ"/>
         <s v="DANIEL DE ATAÍDE MARTINS"/>
         <s v="ANDRÉ SILVANI DA SILVA CARNEIRO"/>
+        <s v="RINALDO JORGE DA SILVA"/>
         <s v="JANAINA DO SACRAMENTO BEZERRA"/>
-        <s v="HELDER LIMEIRA FLORENTINO DE LIMA"/>
         <s v="GUILHERME VIEIRA CASTRO"/>
         <s v="MARCELO GREENHALGH DE CERQUEIRA LIMA E MORAES PENALVA SANTOS"/>
         <s v="SANDRA MARIA MESQUITA DE PAULA PESSOA LAPENDA"/>
         <s v="HELOISA POLLYANNA BRITO DE FREITAS"/>
         <s v="ANA MARIA MOURA MARANHAO DA FONTE"/>
         <s v="NUBIA MAURICIO BRAGA"/>
         <s v="NANCY TOJAL DE MEDEIROS"/>
         <s v="JOAO LUIZ DA FONSECA LAPENDA"/>
         <s v="ANDRÉA KARLA REINALDO DE SOUZA QUEIROZ"/>
         <s v="WESTEI CONDE Y MARTIN JUNIOR"/>
         <s v="MAXWELL ANDERSON DE LUCENA VIGNOLI"/>
+        <s v="DELANE BARROS DE ARRUDA MENDONCA"/>
         <s v="REGINA COELI LUCENA HERBAUD"/>
         <s v="ELEONORA MARISE SILVA RODRIGUES"/>
         <s v="SÉRGIO GADELHA SOUTO"/>
-        <s v="IVO PEREIRA  DE LIMA"/>
         <s v="NATÁLIA MARIA CAMPELO"/>
         <s v="HODIR FLAVIO GUERRA LEITÃO DE MELO"/>
         <s v="MAVIAEL DE SOUZA SILVA"/>
         <s v="HELENA MARTINS GOMES E SILVA"/>
         <s v="SOLON IVO DA SILVA FILHO"/>
         <s v="MARIA LIZANDRA LIRA DE CARVALHO"/>
         <s v="SALOMÃO ABDO AZIZ ISMAIL FILHO"/>
         <s v="LUIZ GUILHERME DA FONSECA LAPENDA"/>
         <s v="FRANCISCO EDILSON DE SA JUNIOR"/>
         <s v="ANDRÉA MAGALHÃES PORTO OLIVEIRA"/>
         <s v="JOSENILDO DA COSTA SANTOS"/>
         <s v="JOÃO ALVES DE ARAÚJO"/>
         <s v="FREDERICO JOSÉ SANTOS DE OLIVEIRA"/>
-        <s v="GILKA MARIA DE ALMEIDA VASCONCELOS DE MIRANDA"/>
         <s v="LUCIANA MACIEL DANTAS FIGUEIREDO"/>
         <s v="ROSA MARIA SALVI DA CARVALHEIRA"/>
         <s v="JECQUELINE GUILHERME AYMAR ELIHIMAS"/>
         <s v="HELENA CAPELA GOMES CARNEIRO LIMA"/>
         <s v="FERNANDA HENRIQUES DA NOBREGA"/>
         <s v="LEONARDO BRITO CARIBÉ"/>
         <s v="JOSÉ PAULO CAVALCANTI XAVIER FILHO"/>
         <s v="KATARINA MORAIS DE GUSMÃO"/>
         <s v="MARIA IZAMAR CIRIACO PONTES"/>
         <s v="FABIANO DE MELO PESSOA"/>
         <s v="EPAMINONDAS RIBEIRO TAVARES"/>
         <s v="DANIELA MARIA FERREIRA BRASILEIRO"/>
         <s v="ERICKA GARMES PIRES VERAS"/>
         <s v="PATRICIA DE FATIMA OLIVEIRA TORRES"/>
         <s v="LILIANE JUBERT GOUVEIA FINIZOLA DA CUNHA"/>
-        <s v="RINALDO JORGE DA SILVA"/>
         <s v="ALEXANDRE FERNANDO SARAIVA DA COSTA"/>
         <s v="MARCIA BASTOS BALAZEIRO COELHO"/>
         <s v="SHIRLEY PATRIOTA LEITE"/>
-        <s v="PAULA CATHERINE DE LIRA AZIZ ISMAIL"/>
         <s v="MARIA FABIANNA RIBEIRO DO VALE ESTIMA"/>
         <s v="ANDRE FELIPE BARBOSA DE MENEZES"/>
         <s v="FLAVIO ROBERTO FALCAO PEDROSA"/>
         <s v="TATIANA DE SOUZA LEAO ARAUJO ANTUNES"/>
         <s v="MARIA DO SOCORRO SANTOS OLIVEIRA"/>
         <s v="IRENE CARDOSO SOUSA"/>
         <s v="SELMA MAGDA PEREIRA BARBOSA BARRETO"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Causa do Último Provimento" numFmtId="0">
       <sharedItems>
         <s v="Promoção por A"/>
         <s v="Remoção por A"/>
         <s v="Remoção por P"/>
         <s v="Remoção por M"/>
         <s v="Promoção por M"/>
+        <s v="Remoção A"/>
         <s v="Remoção por Permuta"/>
         <s v="Remoção M"/>
         <s v="Promoção A"/>
         <s v="Promoção M"/>
-        <s v="Remoção A"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Data do último provimento">
       <sharedItems containsDate="1" containsMixedTypes="1">
         <d v="2010-10-20T00:00:00Z"/>
         <d v="2025-06-05T00:00:00Z"/>
         <d v="2007-03-07T00:00:00Z"/>
         <d v="2025-02-06T00:00:00Z"/>
         <d v="2004-03-31T00:00:00Z"/>
         <d v="2012-01-27T00:00:00Z"/>
         <d v="2010-06-12T00:00:00Z"/>
         <d v="2014-11-05T00:00:00Z"/>
         <d v="2017-08-10T00:00:00Z"/>
-        <d v="2004-11-13T00:00:00Z"/>
+        <s v="29/01/2026"/>
         <d v="2016-10-05T00:00:00Z"/>
         <d v="2010-12-17T00:00:00Z"/>
         <d v="2024-08-01T00:00:00Z"/>
         <s v="17/12/2010"/>
         <d v="2001-08-15T00:00:00Z"/>
         <d v="2017-11-03T00:00:00Z"/>
         <d v="2023-02-09T00:00:00Z"/>
         <s v="20/02/2020"/>
         <d v="2013-11-06T00:00:00Z"/>
         <d v="2013-09-21T00:00:00Z"/>
         <d v="2024-01-08T00:00:00Z"/>
         <s v="18/09/2025"/>
         <d v="2015-03-18T00:00:00Z"/>
         <d v="2010-03-20T00:00:00Z"/>
         <d v="2023-01-05T00:00:00Z"/>
         <d v="2017-09-07T00:00:00Z"/>
         <d v="2019-06-06T00:00:00Z"/>
         <d v="2002-05-08T00:00:00Z"/>
         <s v="16/07/2020"/>
         <s v="22/10/2025"/>
         <s v="20/10/2022"/>
         <d v="2004-07-06T00:00:00Z"/>
         <d v="2021-04-01T00:00:00Z"/>
         <d v="2013-05-08T00:00:00Z"/>
         <d v="2006-06-23T00:00:00Z"/>
-        <d v="2020-10-01T00:00:00Z"/>
         <d v="2016-12-01T00:00:00Z"/>
         <d v="2018-04-06T00:00:00Z"/>
         <d v="2015-06-11T00:00:00Z"/>
         <s v="29/08/2024"/>
         <s v="17/03/2022"/>
         <d v="2018-01-25T00:00:00Z"/>
         <d v="2024-01-02T00:00:00Z"/>
         <d v="2002-02-15T00:00:00Z"/>
         <d v="2016-04-26T00:00:00Z"/>
+        <d v="2004-11-13T00:00:00Z"/>
         <d v="2012-07-04T00:00:00Z"/>
-        <d v="2025-05-06T00:00:00Z"/>
         <d v="2021-09-16T00:00:00Z"/>
         <d v="2021-10-01T00:00:00Z"/>
         <d v="2025-06-02T00:00:00Z"/>
+        <d v="2020-10-01T00:00:00Z"/>
         <s v="21/12/2023"/>
         <d v="2006-03-07T00:00:00Z"/>
         <d v="2014-11-13T00:00:00Z"/>
         <d v="2019-04-23T00:00:00Z"/>
         <d v="2013-06-11T00:00:00Z"/>
         <d v="2018-04-23T00:00:00Z"/>
         <d v="2009-07-15T00:00:00Z"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Portaria do Último Provimento" numFmtId="0">
       <sharedItems>
         <s v="1267/2010"/>
         <s v="1.750/2025"/>
         <s v="395/2007"/>
         <s v="356/2025"/>
         <s v="190/2004"/>
         <s v="207/2012"/>
         <s v="760/2010"/>
         <s v="1711/2014"/>
         <s v="1507/2017"/>
         <s v="1713/2014"/>
         <s v="391/2007"/>
-        <s v="653/2004"/>
+        <s v="240/2026"/>
         <s v="2207/2016"/>
         <s v="1545/2010"/>
         <s v="2.348/2024"/>
         <s v="1266/2010"/>
         <s v="210/2012"/>
         <s v="350/2025"/>
         <s v="353/2025"/>
         <s v="2.343/2024"/>
         <s v="1548/2010"/>
         <s v="Ato 078/2001"/>
         <s v="2202/17"/>
         <s v="357/2025"/>
         <s v="564/2023"/>
-        <s v="1543/2010"/>
+        <s v="239/2026"/>
         <s v="1499/2017"/>
         <s v="395/2020"/>
         <s v="1.751/2025"/>
         <s v="1766/2013"/>
         <s v="1436/2013"/>
         <s v="2.347/2024"/>
         <s v="3.069/2025"/>
         <s v="390/2007"/>
         <s v="1500/2017"/>
         <s v="574/2015"/>
         <s v="209/2012"/>
-        <s v=" 396/2007"/>
+        <s v="237/2026"/>
         <s v="376/2010"/>
         <s v="049/2023"/>
         <s v="1699/2017"/>
         <s v="575/2015"/>
         <s v="1513/2019"/>
         <s v="Ato 052/2002"/>
         <s v="1.753/2025"/>
         <s v="576/2015"/>
         <s v="577/2015"/>
         <s v="1374/2020"/>
         <s v="1271/2010"/>
         <s v="3.667/2025"/>
         <s v="2.346/2024"/>
         <s v="2498/2022"/>
         <s v="373/2004"/>
         <s v="2497/2022"/>
         <s v="764/2021"/>
         <s v="1544/2010"/>
         <s v="050/2023"/>
         <s v="578/2015"/>
         <s v="390/2020"/>
         <s v="Ato 054/2002"/>
         <s v="571/2015"/>
         <s v="796/2013"/>
         <s v="489/2006"/>
         <s v="490/2006"/>
         <s v="2.349/2024"/>
         <s v="3.666/2025"/>
-        <s v="1740/2020"/>
+        <s v="241/2026"/>
         <s v="402/2007"/>
         <s v="572/2015"/>
         <s v="2384/16"/>
         <s v="1435/2013"/>
         <s v="768/2018"/>
         <s v="1183/2015"/>
         <s v="566/2015"/>
         <s v="2.618/2024"/>
         <s v="352/2025"/>
         <s v="2496/2022"/>
         <s v="643/2022"/>
         <s v="1697/2017"/>
         <s v="563/2023"/>
         <s v="189/2018"/>
-        <s v="190/2018"/>
+        <s v="236/2026"/>
         <s v="2.617/2024"/>
         <s v="192/2018"/>
         <s v="3.071/2025"/>
         <s v="766/2021"/>
         <s v="240/2024"/>
         <s v="493/2006"/>
         <s v="Ato 7/2002"/>
         <s v=" 368/2004"/>
         <s v="1506/2017"/>
         <s v="486/2006"/>
         <s v="1030/2016"/>
         <s v="661/2004"/>
         <s v="1148/2012"/>
-        <s v="1.752/2025"/>
+        <s v="238/2026"/>
         <s v="2383/2021"/>
         <s v="2298/2021"/>
         <s v="052/2023"/>
         <s v="1503/2017"/>
         <s v="647/2022"/>
         <s v="397/2020"/>
         <s v="487/2006"/>
         <s v="351/2025"/>
         <s v="Ato 071/2001"/>
         <s v="1438/2013 "/>
         <s v="1501/2017"/>
         <s v=" 1269/2010"/>
+        <s v="1740/2020"/>
         <s v="570/2015"/>
         <s v="3.070/2025"/>
         <s v="2..350/2024"/>
         <s v="765/2021"/>
         <s v="355/2025"/>
         <s v="3758/2023"/>
         <s v="767/2021"/>
         <s v="394/2007"/>
         <s v="658/2004"/>
         <s v="181/2006"/>
         <s v="182/2006"/>
         <s v="1149/2012"/>
         <s v="646/2022"/>
         <s v="053/2023"/>
         <s v="645/2022"/>
         <s v="1150/2012"/>
         <s v="3759/2023"/>
         <s v="3757/2023"/>
         <s v="051/2023"/>
         <s v="048/2023"/>
         <s v="1710/2014"/>
         <s v="945/2019"/>
         <s v="1451/2018"/>
         <s v="3761/2023"/>
         <s v="1146/2012"/>
@@ -5478,381 +5439,383 @@
         <s v="Ato 023/2002"/>
         <s v="2.345/2024"/>
         <s v="3.663/2025"/>
         <s v="1762/2013"/>
         <s v="1707/2014"/>
         <s v="Ato 070/2002"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Data Vacância">
       <sharedItems containsDate="1" containsBlank="1" containsMixedTypes="1">
         <s v="----"/>
         <d v="2021-12-01T00:00:00Z"/>
         <d v="2024-08-01T00:00:00Z"/>
         <s v="31/04/2004"/>
         <s v="18/08/2016"/>
         <s v="22/10/2025"/>
         <d v="2016-10-05T00:00:00Z"/>
         <s v="26/09/2019"/>
         <d v="2024-11-01T00:00:00Z"/>
         <d v="2022-12-01T00:00:00Z"/>
         <d v="2014-11-13T00:00:00Z"/>
         <d v="2019-12-10T00:00:00Z"/>
         <d v="2015-10-03T00:00:00Z"/>
         <d v="2015-11-03T00:00:00Z"/>
         <s v="29/08/2024"/>
-        <s v="20/10/2022"/>
+        <s v="29/01/2026"/>
         <s v="31/08/2025"/>
         <s v="13/11/2014"/>
         <d v="2018-01-25T00:00:00Z"/>
         <d v="2025-01-08T00:00:00Z"/>
         <d v="2024-01-06T00:00:00Z"/>
         <d v="2025-05-01T00:00:00Z"/>
+        <d v="2026-01-02T00:00:00Z"/>
         <d v="2025-02-06T00:00:00Z"/>
         <s v="20/03/2010"/>
+        <s v="20/10/2022"/>
         <d v="2019-04-30T00:00:00Z"/>
         <s v="29/05/2020"/>
         <s v="18/09/2025"/>
         <s v="21/12/2023"/>
-        <d v="2017-09-06T00:00:00Z"/>
         <d v="2017-09-16T00:00:00Z"/>
         <d v="2017-06-22T00:00:00Z"/>
         <s v="17/03/2022"/>
         <d v="2016-12-01T00:00:00Z"/>
         <d v="2024-01-08T00:00:00Z"/>
         <d v="2024-10-02T00:00:00Z"/>
         <d v="2022-01-03T00:00:00Z"/>
         <d v="2019-06-04T00:00:00Z"/>
         <s v="26/04/2016"/>
         <s v="18/03/2015"/>
         <d v="2025-06-02T00:00:00Z"/>
-        <m/>
         <d v="2025-06-05T00:00:00Z"/>
         <s v="21/09/2019"/>
         <d v="2023-05-01T00:00:00Z"/>
         <s v="26//04/2016"/>
         <d v="2025-07-01T00:00:00Z"/>
         <d v="2018-04-26T00:00:00Z"/>
         <d v="2021-10-01T00:00:00Z"/>
-        <d v="2012-06-11T00:00:00Z"/>
         <s v="20/02/2020"/>
         <d v="2022-12-05T00:00:00Z"/>
         <d v="2011-11-14T00:00:00Z"/>
         <d v="2020-10-01T00:00:00Z"/>
         <d v="2020-02-07T00:00:00Z"/>
         <d v="2024-03-06T00:00:00Z"/>
-        <d v="2012-07-04T00:00:00Z"/>
         <d v="2019-01-31T00:00:00Z"/>
         <d v="2020-07-16T00:00:00Z"/>
         <d v="2021-11-04T00:00:00Z"/>
+        <m/>
         <s v="14/10/2021"/>
+        <d v="2012-07-04T00:00:00Z"/>
         <s v="19/01/2024"/>
         <d v="2019-06-20T00:00:00Z"/>
-        <d v="2012-01-24T00:00:00Z"/>
         <d v="2013-09-21T00:00:00Z"/>
-        <d v="2015-02-06T00:00:00Z"/>
         <d v="2023-01-05T00:00:00Z"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Portaria de vacância">
       <sharedItems containsDate="1" containsBlank="1" containsMixedTypes="1">
         <s v="----"/>
         <s v="3158/2021"/>
         <s v="2.345/2024"/>
         <s v="190/2004"/>
         <s v="1850/2016"/>
         <s v="3.661/2025"/>
         <s v="2207/2016"/>
         <s v="2442/2019"/>
         <s v="3.307/2024"/>
         <s v="2861/2022"/>
         <s v="1702/2014"/>
         <s v="585/2021"/>
         <s v="1705/2014"/>
         <s v="1836/2015"/>
         <s v="2202/2017"/>
         <s v="2.616/2024"/>
-        <s v="2496/2022"/>
+        <s v="237/2026"/>
         <s v="1709/2014"/>
         <s v="190/2018"/>
         <d v="2025-01-01T00:00:00Z"/>
         <s v="1720/2024"/>
         <s v="1.447/2025"/>
         <s v="1704/2014"/>
+        <s v="4.652/2025"/>
         <s v="351/2025"/>
         <s v="376/2010"/>
         <s v="2494/2022"/>
         <s v="3.667/2025"/>
         <s v="1031/2019"/>
         <s v="352/2025"/>
         <s v="1142/2020"/>
         <s v="3.070/2025"/>
         <s v="3761/2023"/>
         <s v="2443/2019"/>
         <s v="2440/2019"/>
-        <s v="1694/17"/>
+        <s v="238/2026"/>
         <s v="1768/2017"/>
         <s v="3.665/2025"/>
         <s v="1210/2017"/>
+        <s v="240/2026"/>
         <s v="645/2022"/>
         <s v="3.069/2025"/>
         <s v="3.666/2025"/>
         <s v="2384/2016"/>
         <s v="3.663/2025"/>
         <s v="2.347/2024"/>
         <s v="2.946/2024"/>
         <s v="489/2022"/>
         <s v="1487/2019"/>
         <s v="1028/2016"/>
         <s v="2495/2022"/>
         <s v="567/2015"/>
         <s v="350/2025"/>
         <s v="2.343/2024"/>
-        <m/>
+        <s v="239/2026"/>
         <s v="1.751/2025"/>
         <s v="1436/2013"/>
         <s v="049/2023"/>
         <s v="1027/2016"/>
         <s v="2.115/2025"/>
         <s v="941/2018"/>
         <s v="2.298/2021"/>
         <s v="1141/2020"/>
-        <s v="1182/2015"/>
+        <s v="242/2026"/>
         <s v="391/2020"/>
         <s v="2439/2019"/>
         <s v="743/2023"/>
         <s v="2855/2022"/>
         <s v="1708/2014"/>
         <s v="1094/2014"/>
         <s v="1740/2020"/>
         <s v="1.750/2025"/>
         <s v="2858/2022"/>
         <s v="281/2020"/>
         <s v="558/2024"/>
         <s v="2857/2022"/>
-        <s v="1150/2012"/>
+        <s v="235/2026"/>
         <s v="2856/2022"/>
         <s v="219/2019"/>
         <s v="1374/2020"/>
         <s v="2960/2021"/>
+        <m/>
         <s v="2860/2022"/>
         <s v="2706/2021"/>
         <s v="390/2020"/>
         <s v="3.662/2025"/>
         <s v="1151/2012"/>
         <s v="-"/>
         <s v="1711/2019"/>
         <s v="3.664/2025"/>
-        <s v="348/2012"/>
+        <s v="236/2026"/>
         <s v="191/2018"/>
         <s v=" 1437/2013"/>
         <s v="3.071/2025"/>
-        <s v="330/2015"/>
+        <s v="241/2026"/>
         <s v="393/2020"/>
         <s v="644/2022"/>
         <s v="2.346/2024"/>
         <s v="048/2023"/>
         <s v="2.344/2024"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Data da Publicação da Portaria de Vacância">
       <sharedItems containsDate="1" containsBlank="1" containsMixedTypes="1">
         <m/>
         <s v="25/11/2021"/>
         <d v="2024-08-01T00:00:00Z"/>
         <s v="31/04/2004"/>
         <s v="18/08/2016"/>
         <s v="23/10/2025"/>
         <s v="22/10/2016"/>
         <s v="26/11/2019"/>
         <d v="2024-01-11T00:00:00Z"/>
         <d v="2022-12-01T00:00:00Z"/>
         <s v="18/11/2014"/>
         <d v="2021-11-03T00:00:00Z"/>
         <d v="2015-03-10T00:00:00Z"/>
         <d v="2017-11-10T00:00:00Z"/>
         <s v="29/08/2024"/>
-        <s v="20/10/2022"/>
+        <s v="29/01/2026"/>
         <s v="26/01/2018"/>
         <d v="2025-01-08T00:00:00Z"/>
         <d v="2024-01-06T00:00:00Z"/>
         <d v="2025-05-07T00:00:00Z"/>
+        <d v="2026-01-07T00:00:00Z"/>
         <d v="2025-02-06T00:00:00Z"/>
         <s v="20/03/2010"/>
+        <s v="20/10/2022"/>
         <s v="30/04/2019"/>
         <d v="2025-06-02T00:00:00Z"/>
         <s v="29/05/2020"/>
         <s v="18/09/2025"/>
         <s v="21/12/2023"/>
         <s v="26/09/2019"/>
-        <d v="2017-09-06T00:00:00Z"/>
         <s v="26/09/2017"/>
         <s v="22/06/2017"/>
         <s v="17/03/2022"/>
         <d v="2016-12-01T00:00:00Z"/>
         <d v="2024-01-08T00:00:00Z"/>
         <d v="2024-10-02T00:00:00Z"/>
         <s v="25/02/2022"/>
         <d v="2019-04-06T00:00:00Z"/>
         <s v="26/04/2016"/>
         <s v="20/03/2015"/>
         <d v="2025-06-05T00:00:00Z"/>
         <s v="21/09/2013"/>
         <d v="2023-01-05T00:00:00Z"/>
         <d v="2025-07-01T00:00:00Z"/>
         <d v="2018-05-01T00:00:00Z"/>
         <d v="2021-08-09T00:00:00Z"/>
-        <d v="2015-06-11T00:00:00Z"/>
         <s v="20/02/2020"/>
         <d v="2014-07-10T00:00:00Z"/>
         <s v="21/09/2020"/>
         <d v="2020-07-02T00:00:00Z"/>
         <d v="2024-03-07T00:00:00Z"/>
-        <d v="2012-07-04T00:00:00Z"/>
         <s v="31/01/2019"/>
         <s v="16/07/2020"/>
         <d v="2021-04-11T00:00:00Z"/>
         <d v="2023-06-06T00:00:00Z"/>
         <s v="14/01/2021"/>
+        <d v="2012-07-04T00:00:00Z"/>
         <s v="-"/>
         <s v="20/06/2019"/>
-        <s v="15/02/2012"/>
-        <d v="2015-02-06T00:00:00Z"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Promotoria Transformada" numFmtId="164">
       <sharedItems containsBlank="1">
         <s v="cargo com atribuição modificada pela res. 008/2017"/>
         <m/>
         <s v="cargo com atribuição modificada pela res. 008/2019"/>
         <s v="cargo com atribuição modificada pela res 017/2017"/>
         <s v="cargo com atribuição modificada pela res 004/2018"/>
         <s v="Cargo novo, resultante da transformação da 14ª PJ Cível da Capital (RES-CPJ nº 003/2015)"/>
         <s v="cargo transformado pela res. 008/2017 e 003/2023"/>
         <s v="cargo transformado pela res. 008/2017"/>
         <s v="cargo transformado pela res. 017/2017"/>
         <s v="cargo transformado pela Res 017/2017"/>
         <s v="cargo transformado pela Res 008/2018 (antigo cargo 39º PJ substituto da Capital)"/>
         <s v="Res. 006/2019 (Antigo cargo 35º Promotor de Justiça Subst.)"/>
         <s v="Res. 006/2019 (Antigo cargo 42º Promotor de Justiça Subst.)"/>
         <s v="RES CPJ nº 005/2022 - 30/08/2022 - VIGÊNCIA A PARTIR DE 01/10/2022"/>
         <s v="cargo transformado pela res. 003/2023"/>
         <s v="Nome e Atuação modificados pela RES CPJ 21/2024 de 11/11/2024, DO 14/11/2024"/>
         <s v="RES-CPJ 004/2025"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Edital Lançado sem concorrentes" numFmtId="0">
-      <sharedItems containsString="0" containsBlank="1">
+      <sharedItems containsBlank="1">
         <m/>
+        <s v="EDITAL 21/2025 REMOÇÃO"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Último Membro no Cargo" numFmtId="164">
       <sharedItems containsBlank="1">
         <s v="----"/>
         <s v="AGUINALDO FENELON DE BARROS"/>
         <s v="MARIA DO SOCORRO SANTOS OLIVEIRA"/>
         <s v="MARIA HELENA DA FONTE CARVALHO"/>
         <s v="FERNANDA FERREIRA BRANCO"/>
         <s v="NORMA DA MOTA SALES LIMA"/>
         <s v="MARCO AURELIO FARIAS DA SILVA"/>
         <s v="MANOEL ALVES MAIA"/>
         <s v="ANA MARIA DO AMARAL MARINHO"/>
         <s v="CLÊNIO VALENÇA AVELINO DE ANDRADE"/>
         <s v="ROSA MARIA DE ANDRADE"/>
         <s v="JOSÉ ELIAS DUBARD DE MOURA ROCHA"/>
         <s v="LAUDICEA BARROS DE SANTANA"/>
         <s v="CLOVIS RAMOS SODRE DA MOTTA"/>
         <s v="LUCIANA DE BRAGA VAZ DA COSTA"/>
-        <s v="SERGIO ROBERTO DA SILVA PEREIRA"/>
+        <s v="ANA CLAUDIA DE MOURA WALMSLEY"/>
         <s v="JOSE VLADIMIR DA SILVA ACIOLI"/>
         <s v="PATRICIA CARNEIRO TAVARES"/>
         <s v="EVA REGINA DE ALBUQUERQUE BRASIL"/>
         <s v="MARCOS ANTONIO MATOS DE CARVALHO"/>
         <s v="GEOVANY DE SÁ LEITE"/>
         <s v="FLÁVIA MARIA MAYER FEITOSA GABÍNIO"/>
         <s v="SILVIO JOSE MENEZES TAVARES"/>
+        <s v="EUCLIDES RODRIGUES DE SOUZA JUNIOR"/>
         <s v="HELENA MARTINS GOMES E SILVA"/>
         <s v="RICARDO LAPENDA FIGUEIROA"/>
         <s v="MARCIA BASTOS BALAZEIRO COELHO"/>
         <s v="ANA CLÉZIA FERREIRA NUNES"/>
         <s v="MARCELUS DE ALBUQUERQUE UGIETTE"/>
         <s v="ROBERTO BRAYNER SAMPAIO"/>
         <s v="GIANI MARIA DO MONTE SANTOS"/>
         <s v="FRANCISCO EDILSON DE SA JUNIOR"/>
         <s v="PATRICIA DE FATIMA OLIVEIRA TORRES"/>
         <s v="CHRISTIANE ROBERTA GOMES DE FARIAS SANTOS"/>
         <s v="CRISTIANE DE GUSMAO MEDEIROS"/>
-        <s v="ANA RÚBIA TORRES DE CARVALHO"/>
+        <s v="DELANE BARROS DE ARRUDA MENDONCA"/>
         <s v="CARLOS AUGUSTO ARRUDA GUERRA DE HOLANDA"/>
         <s v="FLÁVIO HENRIQUE SOUZA DOS SANTOS"/>
         <s v="JOSE CORREIA DE ARAÚJO"/>
+        <s v="ANTONIO FERNANDES OLIVEIRA MATOS JUNIOR"/>
         <s v="JOSÉ PAULO CAVALCANTI XAVIER FILHO"/>
         <s v="FRANCISCO ORTENCIO DE CARVALHO"/>
         <s v="MUNI AZEVEDO CATÃO"/>
         <s v="SALOMÃO ABDO AZIZ ISMAIL FILHO"/>
         <s v="IRENE CARDOSO SOUSA"/>
         <s v="GEOVANA ANDREA CAJUEIRO BELFORT"/>
         <s v="SÉRGIO TENÓRIO DE FRANÇA"/>
         <s v="DINAMÉRICO WANDERLEY RIBEIRO DE SOUZA"/>
         <s v="WALDIR MENDONÇA DA SILVA"/>
         <s v="CARLOS ROBERTO SANTOS"/>
         <s v="PAULA CATHERINE DE LIRA AZIZ ISMAIL"/>
         <s v="CRISTIANE MARIA CAITANO DA SILVA"/>
-        <m/>
+        <s v="HELDER LIMEIRA FLORENTINO DE LIMA"/>
         <s v="ANA JOEMIA MARQUES DA ROCHA"/>
         <s v="FERNANDO CAVALCANTI MATTOS"/>
         <s v="FERNANDO DELLA LATTA CAMARGO"/>
         <s v="DAIZA MARIA AZEVEDO CAVALCANTI"/>
         <s v="ERIKA LOAYSA ELIAS DE FARIAS SILVA"/>
         <s v="MARIA DA GLORIA GONÇALVES SANTOS"/>
         <s v="MARIA IVANA BOTELHO VIEIRA DA SILVA"/>
         <s v="RICARDO VAN DER LINDEN DE VASCONCELLOS COELHO"/>
-        <s v="GERALDO MARGELA CORREIA"/>
+        <s v="IVO PEREIRA  DE LIMA"/>
         <s v="LUCILA VAREJÃO DIAS MARTINS"/>
         <s v="GUSTAVO LINS TOURINHO COSTA"/>
         <s v="LILIANE DA FONSECA LIMA ROCHA"/>
         <s v="AUREA ROSANE VIEIRA"/>
         <s v="GIPSY SANTOS DA SILVA TELLES"/>
         <s v="ANA CAROLINA PAES DE SA MAGALHAES"/>
         <s v="ANDREA FERNANDES NUNES PADILHA"/>
         <s v="MARIA APARECIDA BARRETO DA SILVA"/>
         <s v="EDUARDO LUIZ SILVA CAJUEIRO"/>
-        <s v="KATARINA MORAIS DE GUSMÃO"/>
+        <s v="GILKA MARIA DE ALMEIDA VASCONCELOS DE MIRANDA"/>
         <s v="EDSON JOSE GUERRA"/>
         <s v="BETTINA ESTANISLAU GUEDES"/>
         <s v="HUMBERTO DA SILVA GRACA"/>
         <s v="TILEMON GONÇALVES DOS SANTOS"/>
+        <m/>
         <s v="HÉLIO JOSÉ DE CARVALHO XAVIER"/>
         <s v="JOSE BISPO DE MELO"/>
         <s v="HELIO JOSE DE CARVALHO XAVIER"/>
         <s v="VERA REJANE ALVES DOS SANTOS MENDONCA"/>
         <s v="SELMA CARNEIRO BARRETO DA SILVA"/>
         <s v="ÉDIPO SOARES CAVALCANTE FILHO"/>
-        <s v="JACY DE BRITO PICORELLI MASSA"/>
+        <s v="RINALDO JORGE DA SILVA"/>
         <s v="AMARO REGINALDO SILVA LIMA"/>
         <s v="GUILHERME VIEIRA CASTRO"/>
-        <s v="MAURÍLIO SÉRGIO DA SILVA"/>
         <s v="ALLANA UCHOA DE CARVALHO"/>
         <s v="DANIELA MARIA FERREIRA BRASILEIRO"/>
         <s v="MARIA FABIANNA RIBEIRO DO VALE ESTIMA"/>
       </sharedItems>
     </cacheField>
   </cacheFields>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivot Table 4" cacheId="0" dataCaption="" compact="0" compactData="0">
   <location ref="A1:C4" firstHeaderRow="0" firstDataRow="1" firstDataCol="1"/>
   <pivotFields>
     <pivotField name="nº" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
@@ -6323,62 +6286,62 @@
         <item x="35"/>
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
+        <item x="60"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Atribuição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
-        <item x="6"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Circunscrição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Promotor de Justiça" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
@@ -6472,53 +6435,50 @@
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
         <item x="111"/>
         <item x="112"/>
         <item x="113"/>
         <item x="114"/>
         <item x="115"/>
         <item x="116"/>
         <item x="117"/>
         <item x="118"/>
         <item x="119"/>
         <item x="120"/>
         <item x="121"/>
         <item x="122"/>
         <item x="123"/>
         <item x="124"/>
         <item x="125"/>
-        <item x="126"/>
-[...1 lines deleted...]
-        <item x="128"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Causa do Último Provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data do último provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
@@ -6706,50 +6666,51 @@
         <item x="124"/>
         <item x="125"/>
         <item x="126"/>
         <item x="127"/>
         <item x="128"/>
         <item x="129"/>
         <item x="130"/>
         <item x="131"/>
         <item x="132"/>
         <item x="133"/>
         <item x="134"/>
         <item x="135"/>
         <item x="136"/>
         <item x="137"/>
         <item x="138"/>
         <item x="139"/>
         <item x="140"/>
         <item x="141"/>
         <item x="142"/>
         <item x="143"/>
         <item x="144"/>
         <item x="145"/>
         <item x="146"/>
         <item x="147"/>
         <item x="148"/>
+        <item x="149"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data Vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -6775,52 +6736,50 @@
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
-        <item x="64"/>
-        <item x="65"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Portaria de vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -6879,50 +6838,53 @@
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data da Publicação da Portaria de Vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -6943,80 +6905,79 @@
         <item x="34"/>
         <item x="35"/>
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
-        <item x="59"/>
-        <item x="60"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Promotoria Transformada" compact="0" numFmtId="164" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Edital Lançado sem concorrentes" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
+        <item x="1"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Último Membro no Cargo" compact="0" numFmtId="164" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -7065,50 +7026,52 @@
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
         <item t="default"/>
       </items>
     </pivotField>
   </pivotFields>
   <rowFields>
     <field x="1"/>
   </rowFields>
   <colFields>
     <field x="2"/>
   </colFields>
   <dataFields>
     <dataField name="COUNTA of Instância" fld="1" subtotal="count" baseField="0"/>
   </dataFields>
   <pivotTableStyleInfo name="Google Sheets Pivot Table Style" showRowHeaders="1" showColHeaders="1" showLastColumn="1"/>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/pivotTables/pivotTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Totalizadores" cacheId="0" dataCaption="" compact="0" compactData="0">
   <location ref="A1:B3" firstHeaderRow="0" firstDataRow="1" firstDataCol="0"/>
   <pivotFields>
     <pivotField name="nº" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
@@ -7579,62 +7542,62 @@
         <item x="35"/>
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
+        <item x="60"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Atribuição" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
-        <item x="6"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Circunscrição" axis="axisRow" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0" sortType="ascending">
       <items>
         <item x="0"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Promotor de Justiça" dataField="1" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
@@ -7728,53 +7691,50 @@
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
         <item x="111"/>
         <item x="112"/>
         <item x="113"/>
         <item x="114"/>
         <item x="115"/>
         <item x="116"/>
         <item x="117"/>
         <item x="118"/>
         <item x="119"/>
         <item x="120"/>
         <item x="121"/>
         <item x="122"/>
         <item x="123"/>
         <item x="124"/>
         <item x="125"/>
-        <item x="126"/>
-[...1 lines deleted...]
-        <item x="128"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Causa do Último Provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data do último provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
@@ -7962,50 +7922,51 @@
         <item x="124"/>
         <item x="125"/>
         <item x="126"/>
         <item x="127"/>
         <item x="128"/>
         <item x="129"/>
         <item x="130"/>
         <item x="131"/>
         <item x="132"/>
         <item x="133"/>
         <item x="134"/>
         <item x="135"/>
         <item x="136"/>
         <item x="137"/>
         <item x="138"/>
         <item x="139"/>
         <item x="140"/>
         <item x="141"/>
         <item x="142"/>
         <item x="143"/>
         <item x="144"/>
         <item x="145"/>
         <item x="146"/>
         <item x="147"/>
         <item x="148"/>
+        <item x="149"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data Vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -8031,52 +7992,50 @@
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
-        <item x="64"/>
-        <item x="65"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Portaria de vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -8135,50 +8094,53 @@
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data da Publicação da Portaria de Vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -8199,80 +8161,79 @@
         <item x="34"/>
         <item x="35"/>
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
-        <item x="59"/>
-        <item x="60"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Promotoria Transformada" compact="0" numFmtId="164" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Edital Lançado sem concorrentes" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
+        <item x="1"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Último Membro no Cargo" compact="0" numFmtId="164" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -8321,50 +8282,52 @@
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
         <item t="default"/>
       </items>
     </pivotField>
   </pivotFields>
   <rowFields>
     <field x="8"/>
   </rowFields>
   <dataFields>
     <dataField name="COUNTA of Promotor de Justiça" fld="9" subtotal="count" baseField="0"/>
   </dataFields>
   <pivotTableStyleInfo name="Google Sheets Pivot Table Style" showRowHeaders="1" showColHeaders="1" showLastColumn="1"/>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -9260,13178 +9223,13194 @@
       </c>
       <c r="C13" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>89</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>90</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>91</v>
       </c>
       <c r="H13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="K13" s="11" t="s">
-[...5 lines deleted...]
-      <c r="M13" s="11" t="s">
+      <c r="K13" s="16" t="s">
         <v>93</v>
       </c>
+      <c r="L13" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" s="16" t="s">
+        <v>95</v>
+      </c>
       <c r="N13" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O13" s="16" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" s="16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13" s="15"/>
       <c r="S13" s="16" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>13.0</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F14" s="10" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>91</v>
       </c>
       <c r="H14" s="8" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="K14" s="11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L14" s="13">
         <v>42648.0</v>
       </c>
       <c r="M14" s="11" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N14" s="18">
         <v>42648.0</v>
       </c>
       <c r="O14" s="16" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="P14" s="16" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14" s="15"/>
       <c r="S14" s="14" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>14.0</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F15" s="10" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>91</v>
       </c>
       <c r="H15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="11" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="K15" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L15" s="17">
         <v>40529.0</v>
       </c>
       <c r="M15" s="11" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="N15" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O15" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P15" s="14"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>15.0</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F16" s="10" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>25</v>
       </c>
       <c r="I16" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="K16" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="17">
         <v>45505.0</v>
       </c>
       <c r="M16" s="16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="N16" s="17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="O16" s="16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P16" s="16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16" s="15"/>
       <c r="S16" s="11" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>16.0</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F17" s="10" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G17" s="8" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H17" s="8" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="11" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="K17" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L17" s="13">
         <v>40471.0</v>
       </c>
       <c r="M17" s="11" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="N17" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O17" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P17" s="14"/>
       <c r="Q17" s="15"/>
       <c r="R17" s="15"/>
       <c r="S17" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>17.0</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F18" s="10" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="G18" s="8" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I18" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K18" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L18" s="13">
         <v>40935.0</v>
       </c>
       <c r="M18" s="11" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="N18" s="17">
         <v>45597.0</v>
       </c>
       <c r="O18" s="16" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="P18" s="20">
         <v>45302.0</v>
       </c>
       <c r="Q18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="R18" s="15"/>
       <c r="S18" s="16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>18.0</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F19" s="10" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H19" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="16" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K19" s="16" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="L19" s="17">
         <v>45694.0</v>
       </c>
       <c r="M19" s="16" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="N19" s="21">
         <v>44896.0</v>
       </c>
       <c r="O19" s="16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="P19" s="21">
         <v>44896.0</v>
       </c>
       <c r="Q19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="R19" s="15"/>
       <c r="S19" s="16" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>19.0</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="8" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G20" s="22" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="H20" s="8" t="s">
         <v>25</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="16" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="K20" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L20" s="17">
         <v>45694.0</v>
       </c>
       <c r="M20" s="16" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="N20" s="13">
         <v>41956.0</v>
       </c>
       <c r="O20" s="14" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P20" s="16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="Q20" s="22" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="R20" s="15"/>
       <c r="S20" s="11" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>20.0</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="G21" s="8" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="H21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="16" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="K21" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L21" s="17">
         <v>45505.0</v>
       </c>
       <c r="M21" s="16" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="N21" s="17">
         <v>43809.0</v>
       </c>
       <c r="O21" s="16" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="P21" s="20">
         <v>44503.0</v>
       </c>
       <c r="Q21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="R21" s="15"/>
       <c r="S21" s="11" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>21.0</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F22" s="10" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="H22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="11" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K22" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L22" s="16" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="M22" s="11" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="N22" s="13">
         <v>41956.0</v>
       </c>
       <c r="O22" s="14" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="P22" s="16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="Q22" s="15"/>
       <c r="R22" s="15"/>
       <c r="S22" s="11" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>22.0</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="8" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F23" s="10" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G23" s="8" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="H23" s="8" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="11" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K23" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L23" s="13">
         <v>37118.0</v>
       </c>
       <c r="M23" s="11" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="N23" s="17">
         <v>42280.0</v>
       </c>
       <c r="O23" s="14" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="P23" s="18">
         <v>42073.0</v>
       </c>
       <c r="Q23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="R23" s="15"/>
       <c r="S23" s="11" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>23.0</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G24" s="8" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H24" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="11" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="K24" s="11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L24" s="13">
         <v>43042.0</v>
       </c>
       <c r="M24" s="11" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="N24" s="17">
         <v>42311.0</v>
       </c>
       <c r="O24" s="16" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="P24" s="18">
         <v>43049.0</v>
       </c>
       <c r="Q24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="R24" s="15"/>
       <c r="S24" s="14" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>24.0</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="G25" s="8" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="H25" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="23" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="K25" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L25" s="17">
         <v>45694.0</v>
       </c>
       <c r="M25" s="16" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="N25" s="16" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="O25" s="16" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="P25" s="16" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25" s="15"/>
       <c r="S25" s="16" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>25.0</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="8" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="F26" s="10" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="G26" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I26" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="16" t="s">
-        <v>180</v>
+        <v>126</v>
       </c>
       <c r="K26" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L26" s="17">
         <v>44966.0</v>
       </c>
       <c r="M26" s="16" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N26" s="16" t="s">
-        <v>182</v>
+        <v>94</v>
       </c>
       <c r="O26" s="16" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P26" s="16" t="s">
-        <v>182</v>
+        <v>94</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26" s="22"/>
       <c r="S26" s="16" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>26.0</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F27" s="10" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I27" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="16" t="s">
-        <v>92</v>
-[...8 lines deleted...]
-        <v>187</v>
+        <v>188</v>
+      </c>
+      <c r="K27" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="L27" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="M27" s="16" t="s">
+        <v>189</v>
       </c>
       <c r="N27" s="16" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="O27" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P27" s="14"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>27.0</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F28" s="10" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G28" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I28" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="11" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="K28" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L28" s="13">
         <v>42957.0</v>
       </c>
       <c r="M28" s="11" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="N28" s="16" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="O28" s="16" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P28" s="16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28" s="15"/>
       <c r="S28" s="11" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>28.0</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F29" s="10" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I29" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="16" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="K29" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L29" s="17" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M29" s="16" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="N29" s="13">
         <v>43125.0</v>
       </c>
       <c r="O29" s="11" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="P29" s="16" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="Q29" s="8"/>
       <c r="R29" s="15"/>
       <c r="S29" s="11" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>29.0</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F30" s="10" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="16" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="K30" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L30" s="17">
         <v>45813.0</v>
       </c>
       <c r="M30" s="16" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="N30" s="18">
         <v>45665.0</v>
       </c>
       <c r="O30" s="24">
         <v>45658.0</v>
       </c>
       <c r="P30" s="18">
         <v>45665.0</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30" s="15"/>
       <c r="S30" s="16" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>30.0</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F31" s="10" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G31" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I31" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="11" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K31" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L31" s="13">
         <v>41584.0</v>
       </c>
       <c r="M31" s="11" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N31" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O31" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P31" s="14"/>
       <c r="Q31" s="15"/>
       <c r="R31" s="15"/>
       <c r="S31" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>31.0</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F32" s="10" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G32" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I32" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="11" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="K32" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L32" s="13">
         <v>41538.0</v>
       </c>
       <c r="M32" s="11" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="N32" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O32" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P32" s="14"/>
       <c r="Q32" s="15"/>
       <c r="R32" s="15"/>
       <c r="S32" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>32.0</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="8" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F33" s="10" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I33" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="16" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="K33" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L33" s="20">
         <v>45299.0</v>
       </c>
       <c r="M33" s="16" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="N33" s="20">
         <v>45297.0</v>
       </c>
       <c r="O33" s="16" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P33" s="20">
         <v>45297.0</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33" s="15"/>
       <c r="S33" s="16" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>33.0</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="8" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F34" s="10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G34" s="8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I34" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="16" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="K34" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L34" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M34" s="16" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="N34" s="17">
         <v>45778.0</v>
       </c>
       <c r="O34" s="16" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P34" s="18">
         <v>45784.0</v>
       </c>
       <c r="Q34" s="15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="R34" s="15"/>
       <c r="S34" s="16" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>34.0</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="8" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G35" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I35" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="16" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="K35" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L35" s="13">
         <v>39148.0</v>
       </c>
       <c r="M35" s="11" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="N35" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O35" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P35" s="14"/>
       <c r="Q35" s="15"/>
       <c r="R35" s="15"/>
       <c r="S35" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>35.0</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F36" s="10" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G36" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I36" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="11" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K36" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L36" s="13">
         <v>42957.0</v>
       </c>
       <c r="M36" s="11" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N36" s="16" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="O36" s="16" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P36" s="16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="Q36" s="15"/>
       <c r="R36" s="15"/>
       <c r="S36" s="11" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>36.0</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F37" s="10" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I37" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="J37" s="11" t="s">
-        <v>244</v>
+      <c r="J37" s="16" t="s">
+        <v>126</v>
       </c>
       <c r="K37" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L37" s="13">
         <v>42081.0</v>
       </c>
       <c r="M37" s="11" t="s">
-        <v>245</v>
-[...7 lines deleted...]
-      <c r="P37" s="14"/>
+        <v>246</v>
+      </c>
+      <c r="N37" s="18">
+        <v>46024.0</v>
+      </c>
+      <c r="O37" s="16" t="s">
+        <v>247</v>
+      </c>
+      <c r="P37" s="18">
+        <v>46029.0</v>
+      </c>
       <c r="Q37" s="15"/>
       <c r="R37" s="15"/>
-      <c r="S37" s="14" t="s">
-        <v>30</v>
+      <c r="S37" s="16" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>37.0</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F38" s="10" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I38" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="11" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="K38" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L38" s="13">
         <v>40935.0</v>
       </c>
       <c r="M38" s="11" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="N38" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O38" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P38" s="14"/>
       <c r="Q38" s="15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="R38" s="15"/>
       <c r="S38" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>38.0</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F39" s="10" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I39" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="16" t="s">
-        <v>92</v>
-[...8 lines deleted...]
-        <v>254</v>
+        <v>185</v>
+      </c>
+      <c r="K39" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="L39" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="M39" s="16" t="s">
+        <v>184</v>
       </c>
       <c r="N39" s="17">
         <v>45694.0</v>
       </c>
       <c r="O39" s="16" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="P39" s="18">
         <v>45694.0</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39" s="15"/>
       <c r="S39" s="16" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>39.0</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F40" s="10" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="G40" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I40" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="16" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="K40" s="11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L40" s="13">
         <v>40257.0</v>
       </c>
       <c r="M40" s="11" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="N40" s="16" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="O40" s="16" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="P40" s="16" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40" s="15"/>
       <c r="S40" s="16" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40.0</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F41" s="10" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I41" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="16" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="K41" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L41" s="17">
         <v>44931.0</v>
       </c>
       <c r="M41" s="16" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="N41" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="O41" s="16" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="P41" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="Q41" s="15"/>
       <c r="R41" s="15"/>
       <c r="S41" s="16" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41.0</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F42" s="10" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="G42" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I42" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K42" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L42" s="17">
         <v>42985.0</v>
       </c>
       <c r="M42" s="11" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="N42" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O42" s="16" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="P42" s="16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q42" s="15"/>
-      <c r="R42" s="15"/>
+      <c r="R42" s="25" t="s">
+        <v>275</v>
+      </c>
       <c r="S42" s="16" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>42.0</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="F43" s="10" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="G43" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I43" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="11" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="K43" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L43" s="13">
         <v>42081.0</v>
       </c>
       <c r="M43" s="11" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="N43" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O43" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P43" s="14"/>
       <c r="Q43" s="15"/>
       <c r="R43" s="15"/>
       <c r="S43" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43.0</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="F44" s="10" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I44" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="11" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="K44" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L44" s="13">
         <v>43622.0</v>
       </c>
       <c r="M44" s="11" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="N44" s="13">
         <v>43585.0</v>
       </c>
-      <c r="O44" s="25" t="s">
-[...3 lines deleted...]
-        <v>282</v>
+      <c r="O44" s="26" t="s">
+        <v>285</v>
+      </c>
+      <c r="P44" s="27" t="s">
+        <v>286</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44" s="15"/>
       <c r="S44" s="16" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44.0</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="F45" s="10" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I45" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="11" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="K45" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L45" s="13">
         <v>37384.0</v>
       </c>
       <c r="M45" s="11" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="N45" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O45" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P45" s="14"/>
       <c r="Q45" s="15"/>
       <c r="R45" s="15"/>
       <c r="S45" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45.0</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="F46" s="10" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="G46" s="8" t="s">
         <v>70</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I46" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="16" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="K46" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L46" s="17">
         <v>45813.0</v>
       </c>
       <c r="M46" s="16" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="N46" s="17">
         <v>45694.0</v>
       </c>
       <c r="O46" s="16" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="P46" s="20">
         <v>45810.0</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46" s="15"/>
       <c r="S46" s="16" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>46.0</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F47" s="10" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I47" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="11" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="K47" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="13">
         <v>42081.0</v>
       </c>
       <c r="M47" s="11" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="N47" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O47" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P47" s="14"/>
       <c r="Q47" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="R47" s="15"/>
       <c r="S47" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>47.0</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="F48" s="10" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I48" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="11" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="K48" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L48" s="13">
         <v>42081.0</v>
       </c>
       <c r="M48" s="11" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="N48" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O48" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P48" s="14"/>
       <c r="Q48" s="15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="R48" s="15"/>
       <c r="S48" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>48.0</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F49" s="10" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I49" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="16" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="K49" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L49" s="17" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="M49" s="16" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="N49" s="17" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="O49" s="16" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="P49" s="16" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="Q49" s="15"/>
       <c r="R49" s="15"/>
       <c r="S49" s="16" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>49.0</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="F50" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I50" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="11" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="K50" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="13">
         <v>40471.0</v>
       </c>
       <c r="M50" s="11" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="N50" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O50" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P50" s="14"/>
       <c r="Q50" s="15"/>
       <c r="R50" s="15"/>
       <c r="S50" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>50.0</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="8" t="s">
+        <v>323</v>
+      </c>
+      <c r="F51" s="10" t="s">
         <v>319</v>
       </c>
-      <c r="F51" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="8" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I51" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="16" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="K51" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L51" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M51" s="16" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="N51" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="O51" s="16" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="P51" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Q51" s="15"/>
       <c r="R51" s="15"/>
       <c r="S51" s="16" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>51.0</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F52" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I52" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="16" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="K52" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L52" s="17">
         <v>45505.0</v>
       </c>
       <c r="M52" s="16" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="N52" s="16" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="O52" s="16" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="P52" s="16" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="16" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>52.0</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="22" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G53" s="22" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="H53" s="22" t="s">
-        <v>330</v>
+        <v>182</v>
       </c>
       <c r="I53" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J53" s="16" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="K53" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L53" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="M53" s="16" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="N53" s="17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="O53" s="16" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="P53" s="16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53" s="15"/>
       <c r="S53" s="11" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>53.0</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F54" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I54" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="11" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="K54" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="13">
         <v>38174.0</v>
       </c>
       <c r="M54" s="11" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="N54" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O54" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P54" s="14"/>
       <c r="Q54" s="15"/>
       <c r="R54" s="15"/>
       <c r="S54" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>54.0</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F55" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I55" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="16" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="K55" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="M55" s="16" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="N55" s="17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="O55" s="16" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="P55" s="16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="Q55" s="15"/>
       <c r="R55" s="15"/>
       <c r="S55" s="11" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>55.0</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F56" s="10" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I56" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="J56" s="11" t="s">
-        <v>346</v>
+      <c r="J56" s="16" t="s">
+        <v>126</v>
       </c>
       <c r="K56" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L56" s="17">
         <v>44287.0</v>
       </c>
       <c r="M56" s="16" t="s">
-        <v>347</v>
-[...8 lines deleted...]
-        <v>42984.0</v>
+        <v>349</v>
+      </c>
+      <c r="N56" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="O56" s="16" t="s">
+        <v>350</v>
+      </c>
+      <c r="P56" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="Q56" s="15"/>
       <c r="R56" s="15"/>
-      <c r="S56" s="11" t="s">
-        <v>349</v>
+      <c r="S56" s="16" t="s">
+        <v>351</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>56.0</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F57" s="10" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I57" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="11" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K57" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L57" s="17">
         <v>40529.0</v>
       </c>
       <c r="M57" s="11" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="N57" s="17">
         <v>42994.0</v>
       </c>
       <c r="O57" s="14" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="P57" s="16" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="Q57" s="15"/>
       <c r="R57" s="15"/>
       <c r="S57" s="11" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>57.0</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="F58" s="10" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I58" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K58" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L58" s="17">
         <v>44931.0</v>
       </c>
       <c r="M58" s="16" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="N58" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O58" s="16" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P58" s="16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58" s="15"/>
       <c r="S58" s="16" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>58.0</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F59" s="10" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I59" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="11" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="K59" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="13">
         <v>42081.0</v>
       </c>
       <c r="M59" s="11" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="N59" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O59" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P59" s="14"/>
       <c r="Q59" s="15"/>
       <c r="R59" s="15"/>
       <c r="S59" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>59.0</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F60" s="10" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I60" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="16" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="K60" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L60" s="17" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M60" s="16" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N60" s="13">
         <v>42908.0</v>
       </c>
       <c r="O60" s="14" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="P60" s="16" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="Q60" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="R60" s="15"/>
       <c r="S60" s="14" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>60.0</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="F61" s="10" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I61" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J61" s="11" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K61" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L61" s="13">
         <v>37384.0</v>
       </c>
       <c r="M61" s="11" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="N61" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O61" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P61" s="14"/>
       <c r="Q61" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="R61" s="15"/>
       <c r="S61" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>61.0</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F62" s="10" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I62" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J62" s="16" t="s">
-        <v>377</v>
+        <v>126</v>
       </c>
       <c r="K62" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L62" s="13">
         <v>42081.0</v>
       </c>
       <c r="M62" s="11" t="s">
-        <v>378</v>
-[...7 lines deleted...]
-      <c r="P62" s="14"/>
+        <v>379</v>
+      </c>
+      <c r="N62" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="O62" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="P62" s="16" t="s">
+        <v>94</v>
+      </c>
       <c r="Q62" s="15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="R62" s="15"/>
-      <c r="S62" s="14" t="s">
-        <v>30</v>
+      <c r="S62" s="16" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>62.0</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F63" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G63" s="8" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I63" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="11" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K63" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L63" s="13">
         <v>41402.0</v>
       </c>
       <c r="M63" s="11" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N63" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O63" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P63" s="14"/>
       <c r="Q63" s="15"/>
       <c r="R63" s="15"/>
       <c r="S63" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>63.0</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F64" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I64" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J64" s="11" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K64" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L64" s="13">
         <v>38891.0</v>
       </c>
       <c r="M64" s="11" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="N64" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O64" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P64" s="14"/>
       <c r="Q64" s="15"/>
       <c r="R64" s="15"/>
       <c r="S64" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>64.0</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F65" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I65" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="11" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="K65" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L65" s="13">
         <v>38891.0</v>
       </c>
       <c r="M65" s="11" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="N65" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O65" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P65" s="14"/>
       <c r="Q65" s="15"/>
       <c r="R65" s="15"/>
       <c r="S65" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>65.0</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F66" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I66" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="16" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="K66" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L66" s="17">
         <v>45505.0</v>
       </c>
       <c r="M66" s="16" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N66" s="16" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="O66" s="16" t="s">
+        <v>394</v>
+      </c>
+      <c r="P66" s="16" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="Q66" s="15"/>
       <c r="R66" s="15"/>
       <c r="S66" s="16" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>66.0</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I67" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J67" s="16" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="K67" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L67" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M67" s="16" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="N67" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="O67" s="16" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P67" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Q67" s="15"/>
       <c r="R67" s="15"/>
       <c r="S67" s="16" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>67.0</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F68" s="10" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I68" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="16" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>44105.0</v>
+        <v>404</v>
+      </c>
+      <c r="K68" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="L68" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="M68" s="16" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="N68" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O68" s="16" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P68" s="16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q68" s="15"/>
       <c r="R68" s="15"/>
       <c r="S68" s="16" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>68.0</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F69" s="10" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="G69" s="8" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I69" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="11" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="K69" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L69" s="13">
         <v>39148.0</v>
       </c>
       <c r="M69" s="11" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N69" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O69" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P69" s="14"/>
       <c r="Q69" s="15"/>
       <c r="R69" s="15"/>
       <c r="S69" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>69.0</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F70" s="10" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I70" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J70" s="11" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="K70" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="13">
         <v>42081.0</v>
       </c>
       <c r="M70" s="11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="N70" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O70" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P70" s="14"/>
       <c r="Q70" s="15"/>
       <c r="R70" s="15"/>
       <c r="S70" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>70.0</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="F71" s="10" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I71" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="J71" s="27" t="s">
-        <v>416</v>
+      <c r="J71" s="28" t="s">
+        <v>418</v>
       </c>
       <c r="K71" s="11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L71" s="13">
         <v>42705.0</v>
       </c>
       <c r="M71" s="11" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="N71" s="17">
         <v>42705.0</v>
       </c>
       <c r="O71" s="16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="P71" s="18">
         <v>42705.0</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71" s="15"/>
       <c r="S71" s="14" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>71.0</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F72" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I72" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J72" s="11" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="K72" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L72" s="13">
         <v>41538.0</v>
       </c>
       <c r="M72" s="11" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="N72" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O72" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P72" s="14"/>
       <c r="Q72" s="15"/>
       <c r="R72" s="15"/>
       <c r="S72" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>72.0</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="F73" s="10" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="G73" s="8" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I73" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J73" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K73" s="11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L73" s="17">
         <v>43196.0</v>
       </c>
       <c r="M73" s="11" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="N73" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O73" s="16" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="P73" s="16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q73" s="15"/>
       <c r="R73" s="15"/>
       <c r="S73" s="16" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>73.0</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F74" s="10" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I74" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="11" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="K74" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="13">
         <v>42166.0</v>
       </c>
       <c r="M74" s="11" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="N74" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O74" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P74" s="14"/>
       <c r="Q74" s="15"/>
       <c r="R74" s="15"/>
       <c r="S74" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>74.0</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F75" s="10" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I75" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="11" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="K75" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L75" s="13">
         <v>42081.0</v>
       </c>
       <c r="M75" s="11" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="N75" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O75" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P75" s="14"/>
       <c r="Q75" s="15"/>
       <c r="R75" s="15"/>
       <c r="S75" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>75.0</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F76" s="10" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="G76" s="8" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I76" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="16" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="K76" s="16" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="L76" s="16" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="M76" s="16" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="N76" s="20">
         <v>45299.0</v>
       </c>
       <c r="O76" s="16" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="P76" s="20">
         <v>45299.0</v>
       </c>
       <c r="Q76" s="15"/>
       <c r="R76" s="15"/>
       <c r="S76" s="16" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>76.0</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F77" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G77" s="8" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I77" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J77" s="16" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="K77" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L77" s="17">
         <v>45694.0</v>
       </c>
       <c r="M77" s="16" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="N77" s="18">
         <v>45567.0</v>
       </c>
       <c r="O77" s="16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="P77" s="18">
         <v>45567.0</v>
       </c>
       <c r="Q77" s="15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="R77" s="15"/>
       <c r="S77" s="16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>77.0</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F78" s="10" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I78" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J78" s="16" t="s">
-        <v>184</v>
+        <v>452</v>
       </c>
       <c r="K78" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L78" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="M78" s="16" t="s">
-        <v>183</v>
+        <v>453</v>
       </c>
       <c r="N78" s="20">
         <v>44564.0</v>
       </c>
       <c r="O78" s="16" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="P78" s="16" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="Q78" s="15"/>
       <c r="R78" s="15"/>
       <c r="S78" s="16" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>78.0</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="F79" s="10" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="G79" s="22" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I79" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J79" s="16" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="K79" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L79" s="16" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M79" s="16" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="N79" s="13">
         <v>43620.0</v>
       </c>
       <c r="O79" s="16" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="P79" s="20">
         <v>43561.0</v>
       </c>
       <c r="Q79" s="22" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="R79" s="15"/>
       <c r="S79" s="11" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>79.0</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="F80" s="10" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="G80" s="8" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="H80" s="10" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I80" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J80" s="11" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="K80" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L80" s="17">
         <v>42985.0</v>
       </c>
       <c r="M80" s="11" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="N80" s="16" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="O80" s="16" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="P80" s="16" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="Q80" s="15" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="R80" s="15"/>
       <c r="S80" s="11" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>80.0</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="8" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="F81" s="10" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="G81" s="8" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I81" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J81" s="16" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="K81" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L81" s="17">
         <v>44966.0</v>
       </c>
       <c r="M81" s="16" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="N81" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="O81" s="16" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="P81" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="Q81" s="15" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="R81" s="22"/>
       <c r="S81" s="16" t="s">
-        <v>475</v>
+        <v>404</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>81.0</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="8" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="F82" s="10" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="G82" s="8" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I82" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J82" s="11" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="K82" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L82" s="13">
         <v>43125.0</v>
       </c>
       <c r="M82" s="11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="N82" s="16" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="O82" s="16" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="P82" s="16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="Q82" s="15" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="R82" s="28"/>
+        <v>487</v>
+      </c>
+      <c r="R82" s="29"/>
       <c r="S82" s="11" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>82.0</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>485</v>
-[...5 lines deleted...]
-        <v>478</v>
+        <v>488</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>489</v>
+      </c>
+      <c r="G83" s="22" t="s">
+        <v>490</v>
       </c>
       <c r="H83" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I83" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J83" s="16" t="s">
-        <v>92</v>
-[...8 lines deleted...]
-        <v>202</v>
+        <v>491</v>
+      </c>
+      <c r="K83" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="L83" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="M83" s="16" t="s">
+        <v>492</v>
       </c>
       <c r="N83" s="20">
         <v>45810.0</v>
       </c>
       <c r="O83" s="16" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="P83" s="20">
         <v>45810.0</v>
       </c>
       <c r="Q83" s="15" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="R83" s="28"/>
+        <v>487</v>
+      </c>
+      <c r="R83" s="29"/>
       <c r="S83" s="16" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>83.0</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="8" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="F84" s="10" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="G84" s="8" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I84" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J84" s="16" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="K84" s="16" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="L84" s="16" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="M84" s="16" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="N84" s="17">
         <v>45505.0</v>
       </c>
       <c r="O84" s="16" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="P84" s="18">
         <v>45505.0</v>
       </c>
       <c r="Q84" s="15" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="R84" s="28"/>
+        <v>498</v>
+      </c>
+      <c r="R84" s="29"/>
       <c r="S84" s="11" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>84.0</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="8" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="F85" s="10" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="G85" s="8" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I85" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="J85" s="11" t="s">
-        <v>495</v>
+      <c r="J85" s="16" t="s">
+        <v>126</v>
       </c>
       <c r="K85" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L85" s="13">
         <v>43125.0</v>
       </c>
       <c r="M85" s="11" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      <c r="P85" s="14"/>
+        <v>501</v>
+      </c>
+      <c r="N85" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="O85" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="P85" s="16" t="s">
+        <v>94</v>
+      </c>
       <c r="Q85" s="15" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-      <c r="S85" s="11"/>
+        <v>498</v>
+      </c>
+      <c r="R85" s="29"/>
+      <c r="S85" s="16" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>85.0</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="8" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="F86" s="10" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="G86" s="8" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I86" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J86" s="16" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="K86" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L86" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M86" s="16" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="N86" s="17">
         <v>45813.0</v>
       </c>
       <c r="O86" s="16" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P86" s="18">
         <v>45813.0</v>
       </c>
       <c r="Q86" s="15" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="R86" s="28"/>
+        <v>507</v>
+      </c>
+      <c r="R86" s="29"/>
       <c r="S86" s="16" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>86.0</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="8" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="G87" s="22" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="H87" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I87" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J87" s="16" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="K87" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="17">
         <v>44287.0</v>
       </c>
       <c r="M87" s="16" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="N87" s="16" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="O87" s="16" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="P87" s="16" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="Q87" s="8" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="R87" s="29"/>
+        <v>515</v>
+      </c>
+      <c r="R87" s="30"/>
       <c r="S87" s="11" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>87.0</v>
       </c>
       <c r="B88" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="8" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="G88" s="22" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="I88" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J88" s="16" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="K88" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L88" s="20">
         <v>45293.0</v>
       </c>
       <c r="M88" s="16" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="N88" s="20">
         <v>45047.0</v>
       </c>
       <c r="O88" s="16" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="P88" s="18">
         <v>44931.0</v>
       </c>
       <c r="Q88" s="8" t="s">
-        <v>515</v>
-[...1 lines deleted...]
-      <c r="R88" s="29"/>
+        <v>520</v>
+      </c>
+      <c r="R88" s="30"/>
       <c r="S88" s="16" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>88.0</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D89" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="8" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F89" s="10" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G89" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H89" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I89" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J89" s="11" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="K89" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L89" s="17">
         <v>38891.0</v>
       </c>
       <c r="M89" s="11" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="N89" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O89" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P89" s="14"/>
       <c r="Q89" s="15"/>
       <c r="R89" s="15"/>
       <c r="S89" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>89.0</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D90" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="8" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="F90" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="G90" s="8" t="s">
         <v>523</v>
       </c>
-      <c r="G90" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H90" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I90" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J90" s="11" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="K90" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L90" s="13">
         <v>37302.0</v>
       </c>
       <c r="M90" s="11" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="N90" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O90" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P90" s="14"/>
       <c r="Q90" s="15"/>
       <c r="R90" s="15"/>
       <c r="S90" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>90.0</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="8" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="F91" s="10" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G91" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I91" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J91" s="11" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="K91" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L91" s="13">
         <v>38174.0</v>
       </c>
       <c r="M91" s="11" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="N91" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O91" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P91" s="14"/>
       <c r="Q91" s="15"/>
       <c r="R91" s="15"/>
       <c r="S91" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2">
         <v>91.0</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="8" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="F92" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="G92" s="8" t="s">
         <v>523</v>
       </c>
-      <c r="G92" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H92" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I92" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J92" s="11" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="K92" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="13">
         <v>42957.0</v>
       </c>
       <c r="M92" s="11" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="N92" s="16" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="O92" s="16" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="P92" s="16" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="Q92" s="15"/>
       <c r="R92" s="15"/>
       <c r="S92" s="11" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2">
         <v>92.0</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E93" s="8" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="F93" s="10" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="G93" s="8" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="H93" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I93" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J93" s="11" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="K93" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L93" s="13">
         <v>38891.0</v>
       </c>
       <c r="M93" s="11" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="N93" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O93" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P93" s="14"/>
       <c r="Q93" s="15"/>
       <c r="R93" s="15"/>
       <c r="S93" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2">
         <v>93.0</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="F94" s="10" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="G94" s="8" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I94" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J94" s="11" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="K94" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="13">
         <v>42486.0</v>
       </c>
       <c r="M94" s="11" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="N94" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O94" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P94" s="14"/>
       <c r="Q94" s="15"/>
       <c r="R94" s="15"/>
       <c r="S94" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2">
         <v>94.0</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="8" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="F95" s="10" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="G95" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I95" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J95" s="11" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="K95" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L95" s="13">
         <v>38304.0</v>
       </c>
       <c r="M95" s="11" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="N95" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O95" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P95" s="14"/>
       <c r="Q95" s="15"/>
       <c r="R95" s="15"/>
       <c r="S95" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2">
         <v>95.0</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C96" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D96" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="8" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="F96" s="10" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="G96" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I96" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J96" s="11" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="K96" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L96" s="13">
         <v>41094.0</v>
       </c>
       <c r="M96" s="11" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="N96" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O96" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P96" s="14"/>
       <c r="Q96" s="15"/>
       <c r="R96" s="15"/>
       <c r="S96" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2">
         <v>96.0</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E97" s="8" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="F97" s="10" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="G97" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H97" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I97" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J97" s="16" t="s">
-        <v>92</v>
+        <v>351</v>
       </c>
       <c r="K97" s="16" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>45783.0</v>
+        <v>93</v>
+      </c>
+      <c r="L97" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="M97" s="16" t="s">
-        <v>553</v>
+        <v>350</v>
       </c>
       <c r="N97" s="18">
         <v>45839.0</v>
       </c>
       <c r="O97" s="16" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="P97" s="21">
         <v>45839.0</v>
       </c>
       <c r="Q97" s="15"/>
       <c r="R97" s="15"/>
       <c r="S97" s="16" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2">
         <v>97.0</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D98" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E98" s="8" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="F98" s="10" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="G98" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H98" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I98" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J98" s="11" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="K98" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="17">
         <v>44455.0</v>
       </c>
       <c r="M98" s="16" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="N98" s="13">
         <v>43216.0</v>
       </c>
       <c r="O98" s="14" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="P98" s="18">
         <v>43221.0</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98" s="15"/>
       <c r="S98" s="14" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2">
         <v>98.0</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C99" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D99" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E99" s="8" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="F99" s="10" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="G99" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H99" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I99" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J99" s="16" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="K99" s="16" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="L99" s="17">
         <v>44470.0</v>
       </c>
       <c r="M99" s="16" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="N99" s="17">
         <v>44470.0</v>
       </c>
       <c r="O99" s="16" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="P99" s="20">
         <v>44417.0</v>
       </c>
       <c r="Q99" s="15"/>
       <c r="R99" s="15"/>
       <c r="S99" s="16" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2">
         <v>99.0</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D100" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="8" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="F100" s="10" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="G100" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H100" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I100" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J100" s="16" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="K100" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L100" s="17">
         <v>44931.0</v>
       </c>
       <c r="M100" s="16" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="N100" s="17" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="O100" s="16" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="P100" s="16" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="Q100" s="15"/>
       <c r="R100" s="15"/>
       <c r="S100" s="16" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2">
         <v>100.0</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D101" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E101" s="8" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="F101" s="10" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="G101" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I101" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="J101" s="11" t="s">
-        <v>575</v>
+      <c r="J101" s="16" t="s">
+        <v>126</v>
       </c>
       <c r="K101" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L101" s="13">
         <v>42957.0</v>
       </c>
       <c r="M101" s="11" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-        <v>41071.0</v>
+        <v>579</v>
+      </c>
+      <c r="N101" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="O101" s="16" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>42166.0</v>
+        <v>580</v>
+      </c>
+      <c r="P101" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101" s="15"/>
-      <c r="S101" s="11" t="s">
-        <v>578</v>
+      <c r="S101" s="16" t="s">
+        <v>581</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2">
         <v>101.0</v>
       </c>
       <c r="B102" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="8" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="F102" s="10" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G102" s="22" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I102" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J102" s="16" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="K102" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L102" s="16" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M102" s="16" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="N102" s="17" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="O102" s="16" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="P102" s="16" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="Q102" s="15"/>
       <c r="R102" s="15"/>
       <c r="S102" s="16" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2">
         <v>102.0</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D103" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="8" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="F103" s="10" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G103" s="22" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I103" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J103" s="16" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="K103" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L103" s="17" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M103" s="16" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="N103" s="17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="O103" s="16" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="P103" s="16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="Q103" s="15"/>
       <c r="R103" s="15"/>
       <c r="S103" s="16" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2">
         <v>103.0</v>
       </c>
       <c r="B104" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D104" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="8" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="F104" s="10" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="G104" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H104" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I104" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J104" s="11" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="K104" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="13">
         <v>38891.0</v>
       </c>
       <c r="M104" s="11" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="N104" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O104" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P104" s="14"/>
       <c r="Q104" s="15"/>
       <c r="R104" s="15"/>
       <c r="S104" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2">
         <v>104.0</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D105" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="8" t="s">
+        <v>597</v>
+      </c>
+      <c r="F105" s="10" t="s">
         <v>594</v>
       </c>
-      <c r="F105" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H105" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I105" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J105" s="16" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="K105" s="16" t="s">
-        <v>595</v>
+        <v>93</v>
       </c>
       <c r="L105" s="20">
         <v>45810.0</v>
       </c>
       <c r="M105" s="16" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N105" s="17">
         <v>44900.0</v>
       </c>
       <c r="O105" s="16" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="Q105" s="15"/>
       <c r="R105" s="15"/>
       <c r="S105" s="16" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2">
         <v>105.0</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D106" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="F106" s="10" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="G106" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H106" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I106" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J106" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K106" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L106" s="13">
         <v>37118.0</v>
       </c>
       <c r="M106" s="11" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="N106" s="21">
         <v>44896.0</v>
       </c>
       <c r="O106" s="16" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="P106" s="30">
+        <v>602</v>
+      </c>
+      <c r="P106" s="31">
         <v>44896.0</v>
       </c>
       <c r="Q106" s="15"/>
       <c r="R106" s="15"/>
       <c r="S106" s="16" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2">
         <v>106.0</v>
       </c>
       <c r="B107" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="8" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F107" s="10" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="G107" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H107" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I107" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J107" s="11" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="K107" s="11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L107" s="17">
         <v>41538.0</v>
       </c>
       <c r="M107" s="16" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="N107" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O107" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P107" s="14"/>
       <c r="Q107" s="15"/>
       <c r="R107" s="15"/>
       <c r="S107" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2">
         <v>107.0</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E108" s="8" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="F108" s="10" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="G108" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H108" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I108" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J108" s="11" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="K108" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L108" s="13">
         <v>42957.0</v>
       </c>
       <c r="M108" s="11" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="N108" s="16" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="O108" s="16" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="P108" s="16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="Q108" s="15"/>
       <c r="R108" s="15"/>
       <c r="S108" s="11" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2">
         <v>108.0</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E109" s="8" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="F109" s="10" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="G109" s="22" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="H109" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I109" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J109" s="11" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K109" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L109" s="13">
         <v>40471.0</v>
       </c>
       <c r="M109" s="11" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="N109" s="17">
         <v>40861.0</v>
       </c>
       <c r="O109" s="14" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="P109" s="18">
         <v>41830.0</v>
       </c>
       <c r="Q109" s="15"/>
       <c r="R109" s="15"/>
       <c r="S109" s="11" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2">
         <v>109.0</v>
       </c>
       <c r="B110" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C110" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D110" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="8" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="F110" s="10" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="G110" s="8" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="H110" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I110" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J110" s="16" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="K110" s="16" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="L110" s="17">
         <v>44105.0</v>
       </c>
       <c r="M110" s="16" t="s">
-        <v>403</v>
+        <v>622</v>
       </c>
       <c r="N110" s="17">
         <v>44105.0</v>
       </c>
       <c r="O110" s="16" t="s">
-        <v>403</v>
+        <v>622</v>
       </c>
       <c r="P110" s="16" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="Q110" s="15"/>
       <c r="R110" s="15"/>
       <c r="S110" s="16" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2">
         <v>110.0</v>
       </c>
       <c r="B111" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C111" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D111" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="8" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="F111" s="10" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G111" s="8" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H111" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I111" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J111" s="11" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="K111" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="13">
         <v>42081.0</v>
       </c>
       <c r="M111" s="11" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="N111" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O111" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P111" s="14"/>
       <c r="Q111" s="15"/>
       <c r="R111" s="15"/>
       <c r="S111" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2">
         <v>111.0</v>
       </c>
       <c r="B112" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C112" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D112" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="8" t="s">
+        <v>628</v>
+      </c>
+      <c r="F112" s="10" t="s">
         <v>625</v>
       </c>
-      <c r="F112" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G112" s="8" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H112" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I112" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J112" s="16" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="K112" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L112" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="M112" s="16" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="N112" s="18">
         <v>45813.0</v>
       </c>
       <c r="O112" s="16" t="s">
         <v>36</v>
       </c>
       <c r="P112" s="18">
         <v>45813.0</v>
       </c>
       <c r="Q112" s="15"/>
       <c r="R112" s="15"/>
       <c r="S112" s="16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2">
         <v>112.0</v>
       </c>
       <c r="B113" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D113" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="8" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="F113" s="10" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G113" s="22" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="H113" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I113" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J113" s="16" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="K113" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="17">
         <v>45505.0</v>
       </c>
       <c r="M113" s="16" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="N113" s="21">
         <v>44896.0</v>
       </c>
       <c r="O113" s="16" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="P113" s="30">
+        <v>633</v>
+      </c>
+      <c r="P113" s="31">
         <v>44896.0</v>
       </c>
       <c r="Q113" s="15"/>
       <c r="R113" s="15"/>
       <c r="S113" s="16" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2">
         <v>113.0</v>
       </c>
       <c r="B114" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D114" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="8" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="F114" s="10" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G114" s="22" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="H114" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I114" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J114" s="11" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="K114" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L114" s="17">
         <v>44287.0</v>
       </c>
       <c r="M114" s="16" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="N114" s="17">
         <v>43868.0</v>
       </c>
       <c r="O114" s="16" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="P114" s="20">
         <v>44014.0</v>
       </c>
       <c r="Q114" s="15"/>
       <c r="R114" s="15"/>
       <c r="S114" s="16" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2">
         <v>114.0</v>
       </c>
       <c r="B115" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="8" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="F115" s="10" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G115" s="22" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H115" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I115" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J115" s="16" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="K115" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L115" s="17">
         <v>45694.0</v>
       </c>
       <c r="M115" s="16" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="N115" s="17">
         <v>45357.0</v>
       </c>
       <c r="O115" s="16" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="P115" s="18">
         <v>45358.0</v>
       </c>
       <c r="Q115" s="15"/>
       <c r="R115" s="15"/>
       <c r="S115" s="16" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2">
         <v>115.0</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D116" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="8" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="F116" s="10" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="G116" s="8" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="H116" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I116" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J116" s="16" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="K116" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="16" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="M116" s="16" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="N116" s="21">
         <v>44896.0</v>
       </c>
       <c r="O116" s="16" t="s">
-        <v>646</v>
-[...1 lines deleted...]
-      <c r="P116" s="30">
+        <v>649</v>
+      </c>
+      <c r="P116" s="31">
         <v>44896.0</v>
       </c>
       <c r="Q116" s="15"/>
       <c r="R116" s="15"/>
       <c r="S116" s="16" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2">
         <v>116.0</v>
       </c>
       <c r="B117" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C117" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D117" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="8" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="F117" s="10" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="G117" s="8" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="H117" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I117" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="J117" s="19" t="s">
-        <v>649</v>
+      <c r="J117" s="23" t="s">
+        <v>126</v>
       </c>
       <c r="K117" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L117" s="17">
         <v>44287.0</v>
       </c>
       <c r="M117" s="16" t="s">
-        <v>650</v>
-[...8 lines deleted...]
-        <v>41094.0</v>
+        <v>652</v>
+      </c>
+      <c r="N117" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="O117" s="16" t="s">
+        <v>653</v>
+      </c>
+      <c r="P117" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="Q117" s="15"/>
       <c r="R117" s="15"/>
       <c r="S117" s="16" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2">
         <v>117.0</v>
       </c>
       <c r="B118" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C118" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D118" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="8" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="F118" s="10" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="G118" s="8" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="H118" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I118" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J118" s="11" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="K118" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L118" s="13">
         <v>39148.0</v>
       </c>
       <c r="M118" s="11" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="N118" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O118" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P118" s="14"/>
       <c r="Q118" s="15"/>
       <c r="R118" s="15"/>
       <c r="S118" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2">
         <v>118.0</v>
       </c>
       <c r="B119" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C119" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D119" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E119" s="8" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="F119" s="10" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="G119" s="8" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H119" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I119" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J119" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K119" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L119" s="13">
         <v>38304.0</v>
       </c>
       <c r="M119" s="11" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="N119" s="21">
         <v>44896.0</v>
       </c>
       <c r="O119" s="16" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="P119" s="30">
+        <v>664</v>
+      </c>
+      <c r="P119" s="31">
         <v>44896.0</v>
       </c>
       <c r="Q119" s="15"/>
       <c r="R119" s="15"/>
       <c r="S119" s="16" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2">
         <v>119.0</v>
       </c>
       <c r="B120" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D120" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="8" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F120" s="10" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G120" s="8" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H120" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I120" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J120" s="11" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="K120" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L120" s="13">
         <v>38783.0</v>
       </c>
       <c r="M120" s="11" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="N120" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O120" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P120" s="14"/>
       <c r="Q120" s="15"/>
       <c r="R120" s="15"/>
       <c r="S120" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2">
         <v>120.0</v>
       </c>
       <c r="B121" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D121" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E121" s="8" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="F121" s="10" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G121" s="8" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H121" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I121" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J121" s="11" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="K121" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L121" s="13">
         <v>38783.0</v>
       </c>
       <c r="M121" s="11" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="N121" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O121" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P121" s="14"/>
       <c r="Q121" s="15"/>
       <c r="R121" s="15"/>
       <c r="S121" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2">
         <v>121.0</v>
       </c>
       <c r="B122" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D122" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E122" s="8" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F122" s="10" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="G122" s="8" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="H122" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I122" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J122" s="11" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="K122" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L122" s="13">
         <v>41094.0</v>
       </c>
       <c r="M122" s="11" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="N122" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O122" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P122" s="14"/>
       <c r="Q122" s="15"/>
       <c r="R122" s="15"/>
       <c r="S122" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2">
         <v>122.0</v>
       </c>
       <c r="B123" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C123" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D123" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E123" s="8" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="F123" s="10" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="G123" s="8" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="H123" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I123" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J123" s="16" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="K123" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="16" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M123" s="16" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="N123" s="17">
         <v>43496.0</v>
       </c>
       <c r="O123" s="14" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="P123" s="16" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="Q123" s="15"/>
       <c r="R123" s="15"/>
       <c r="S123" s="11" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2">
         <v>123.0</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D124" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E124" s="8" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="F124" s="10" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="G124" s="8" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="H124" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I124" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J124" s="16" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="K124" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="17">
         <v>44931.0</v>
       </c>
       <c r="M124" s="16" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="N124" s="17">
         <v>44028.0</v>
       </c>
       <c r="O124" s="16" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="P124" s="16" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="Q124" s="15"/>
       <c r="R124" s="15"/>
       <c r="S124" s="16" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2">
         <v>124.0</v>
       </c>
       <c r="B125" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C125" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D125" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E125" s="8" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="F125" s="10" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="G125" s="8" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H125" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I125" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J125" s="16" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="K125" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L125" s="16" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M125" s="16" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N125" s="17">
         <v>44504.0</v>
       </c>
       <c r="O125" s="16" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="P125" s="20">
         <v>44297.0</v>
       </c>
       <c r="Q125" s="15"/>
       <c r="R125" s="15"/>
       <c r="S125" s="16" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2">
         <v>125.0</v>
       </c>
       <c r="B126" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D126" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E126" s="8" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F126" s="10" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G126" s="8" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="H126" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I126" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J126" s="16" t="s">
-        <v>652</v>
+        <v>697</v>
       </c>
       <c r="K126" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L126" s="13">
         <v>41094.0</v>
       </c>
       <c r="M126" s="11" t="s">
-        <v>651</v>
+        <v>698</v>
       </c>
       <c r="N126" s="20"/>
       <c r="O126" s="16"/>
       <c r="P126" s="20"/>
       <c r="Q126" s="15"/>
       <c r="R126" s="15"/>
       <c r="S126" s="16"/>
     </row>
     <row r="127">
       <c r="A127" s="2">
         <v>126.0</v>
       </c>
       <c r="B127" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D127" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="8" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="F127" s="10" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G127" s="8" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="H127" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I127" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J127" s="16" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="K127" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L127" s="16" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="M127" s="16" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="N127" s="17">
         <v>44896.0</v>
       </c>
       <c r="O127" s="16" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="P127" s="18">
         <v>45083.0</v>
       </c>
       <c r="Q127" s="15"/>
       <c r="R127" s="15"/>
       <c r="S127" s="16" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2">
         <v>127.0</v>
       </c>
       <c r="B128" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D128" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E128" s="8" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="F128" s="10" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G128" s="8" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="H128" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I128" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J128" s="16" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="K128" s="16" t="s">
         <v>76</v>
       </c>
       <c r="L128" s="16" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="M128" s="16" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="N128" s="17" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="O128" s="16" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="P128" s="16" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="Q128" s="15"/>
       <c r="R128" s="15"/>
       <c r="S128" s="16" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2">
         <v>128.0</v>
       </c>
       <c r="B129" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D129" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E129" s="8" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="F129" s="10" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G129" s="8" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="H129" s="8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I129" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J129" s="16" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="K129" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L129" s="17">
         <v>44931.0</v>
       </c>
       <c r="M129" s="16" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="N129" s="17" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="O129" s="16" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="P129" s="16" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="Q129" s="15"/>
       <c r="R129" s="15"/>
       <c r="S129" s="11" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1">
         <v>129.0</v>
       </c>
       <c r="B130" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D130" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E130" s="22" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="G130" s="22" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="H130" s="22" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I130" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J130" s="16" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="K130" s="16" t="s">
         <v>66</v>
       </c>
-      <c r="L130" s="31">
+      <c r="L130" s="32">
         <v>44931.0</v>
       </c>
       <c r="M130" s="16" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="N130" s="17"/>
       <c r="O130" s="16"/>
       <c r="P130" s="16"/>
       <c r="Q130" s="22" t="s">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="R130" s="28"/>
+        <v>719</v>
+      </c>
+      <c r="R130" s="29"/>
       <c r="S130" s="11"/>
     </row>
     <row r="131">
       <c r="A131" s="1">
         <v>130.0</v>
       </c>
       <c r="B131" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D131" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E131" s="8" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="F131" s="10" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="G131" s="8" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="H131" s="8" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="I131" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J131" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K131" s="11" t="s">
         <v>35</v>
       </c>
       <c r="L131" s="13">
         <v>41956.0</v>
       </c>
       <c r="M131" s="11" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="N131" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O131" s="16" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="P131" s="16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q131" s="15"/>
       <c r="R131" s="15"/>
       <c r="S131" s="16" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1">
         <v>131.0</v>
       </c>
       <c r="B132" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D132" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E132" s="8" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="F132" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G132" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H132" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I132" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J132" s="16" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="K132" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L132" s="13">
         <v>43578.0</v>
       </c>
       <c r="M132" s="11" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="N132" s="13">
         <v>41094.0</v>
       </c>
       <c r="O132" s="14" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="P132" s="18">
         <v>41094.0</v>
       </c>
       <c r="Q132" s="15"/>
-      <c r="R132" s="28"/>
+      <c r="R132" s="29"/>
       <c r="S132" s="11" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1">
         <v>132.0</v>
       </c>
       <c r="B133" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C133" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D133" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E133" s="8" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="F133" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G133" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H133" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I133" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J133" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K133" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="17">
         <v>43125.0</v>
       </c>
       <c r="M133" s="11" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="N133" s="16" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="O133" s="16" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="P133" s="16" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="Q133" s="15"/>
-      <c r="R133" s="28"/>
+      <c r="R133" s="29"/>
       <c r="S133" s="16" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1">
         <v>133.0</v>
       </c>
       <c r="B134" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D134" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E134" s="8" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="F134" s="10" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="G134" s="22" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="H134" s="22" t="s">
-        <v>330</v>
+        <v>182</v>
       </c>
       <c r="I134" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J134" s="16" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="K134" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L134" s="16" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="M134" s="16" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="N134" s="13">
         <v>43636.0</v>
       </c>
       <c r="O134" s="11" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="P134" s="16" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="Q134" s="22" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="R134" s="28"/>
+        <v>744</v>
+      </c>
+      <c r="R134" s="29"/>
       <c r="S134" s="11" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1">
         <v>134.0</v>
       </c>
       <c r="B135" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D135" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E135" s="8" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="F135" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G135" s="8" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="H135" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I135" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J135" s="11" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="K135" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L135" s="13">
         <v>41094.0</v>
       </c>
       <c r="M135" s="11" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="N135" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O135" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P135" s="14"/>
       <c r="Q135" s="15"/>
-      <c r="R135" s="28"/>
+      <c r="R135" s="29"/>
       <c r="S135" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1">
         <v>135.0</v>
       </c>
       <c r="B136" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C136" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D136" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E136" s="8" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="F136" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G136" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H136" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I136" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J136" s="23" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K136" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L136" s="17">
         <v>41436.0</v>
       </c>
       <c r="M136" s="16" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="N136" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O136" s="16" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="P136" s="16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q136" s="15"/>
-      <c r="R136" s="28"/>
+      <c r="R136" s="29"/>
       <c r="S136" s="16" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1">
         <v>136.0</v>
       </c>
       <c r="B137" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C137" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D137" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E137" s="8" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="F137" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G137" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H137" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I137" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="J137" s="11" t="s">
-        <v>751</v>
+      <c r="J137" s="16" t="s">
+        <v>126</v>
       </c>
       <c r="K137" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="18">
         <v>43213.0</v>
       </c>
       <c r="M137" s="11" t="s">
-        <v>752</v>
-[...5 lines deleted...]
-        <v>753</v>
+        <v>755</v>
+      </c>
+      <c r="N137" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="O137" s="16" t="s">
+        <v>492</v>
       </c>
       <c r="P137" s="16" t="s">
-        <v>754</v>
+        <v>94</v>
       </c>
       <c r="Q137" s="15"/>
-      <c r="R137" s="28"/>
-[...1 lines deleted...]
-        <v>755</v>
+      <c r="R137" s="29"/>
+      <c r="S137" s="16" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1">
         <v>137.0</v>
       </c>
       <c r="B138" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C138" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D138" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E138" s="22" t="s">
         <v>756</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="G138" s="22" t="s">
         <v>757</v>
       </c>
       <c r="H138" s="22" t="s">
         <v>758</v>
       </c>
       <c r="I138" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J138" s="16" t="s">
         <v>759</v>
       </c>
       <c r="K138" s="16" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="17">
         <v>45694.0</v>
       </c>
       <c r="M138" s="16" t="s">
         <v>760</v>
       </c>
       <c r="N138" s="13">
         <v>43125.0</v>
       </c>
       <c r="O138" s="14" t="s">
         <v>761</v>
       </c>
       <c r="P138" s="16" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="Q138" s="22" t="s">
         <v>762</v>
       </c>
-      <c r="R138" s="28"/>
+      <c r="R138" s="29"/>
       <c r="S138" s="11" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1">
         <v>138.0</v>
       </c>
       <c r="B139" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D139" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="8" t="s">
         <v>763</v>
       </c>
       <c r="F139" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G139" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H139" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I139" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J139" s="16" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="K139" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L139" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="M139" s="16" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="N139" s="17">
         <v>41538.0</v>
       </c>
       <c r="O139" s="14" t="s">
         <v>764</v>
       </c>
       <c r="P139" s="16" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="Q139" s="15"/>
-      <c r="R139" s="28"/>
+      <c r="R139" s="29"/>
       <c r="S139" s="11" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1">
         <v>139.0</v>
       </c>
       <c r="B140" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C140" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D140" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="8" t="s">
         <v>766</v>
       </c>
       <c r="F140" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G140" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H140" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I140" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J140" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K140" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L140" s="17">
         <v>43125.0</v>
       </c>
       <c r="M140" s="11" t="s">
         <v>767</v>
       </c>
       <c r="N140" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="O140" s="16" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="P140" s="16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Q140" s="15"/>
-      <c r="R140" s="28"/>
+      <c r="R140" s="29"/>
       <c r="S140" s="16" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1">
         <v>140.0</v>
       </c>
       <c r="B141" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C141" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D141" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="8" t="s">
         <v>768</v>
       </c>
       <c r="F141" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G141" s="8" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="H141" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I141" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J141" s="11" t="s">
         <v>769</v>
       </c>
       <c r="K141" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L141" s="13">
         <v>40009.0</v>
       </c>
       <c r="M141" s="11" t="s">
         <v>770</v>
       </c>
       <c r="N141" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O141" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P141" s="14"/>
       <c r="Q141" s="15"/>
-      <c r="R141" s="28"/>
+      <c r="R141" s="29"/>
       <c r="S141" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1">
         <v>141.0</v>
       </c>
       <c r="B142" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D142" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="8" t="s">
         <v>771</v>
       </c>
       <c r="F142" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G142" s="8" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="H142" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I142" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J142" s="16" t="s">
-        <v>475</v>
+        <v>126</v>
       </c>
       <c r="K142" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L142" s="16" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="M142" s="16" t="s">
-        <v>474</v>
-[...8 lines deleted...]
-        <v>42041.0</v>
+        <v>478</v>
+      </c>
+      <c r="N142" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="O142" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="P142" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="Q142" s="15"/>
-      <c r="R142" s="28"/>
-[...1 lines deleted...]
-        <v>773</v>
+      <c r="R142" s="29"/>
+      <c r="S142" s="16" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1">
         <v>142.0</v>
       </c>
       <c r="B143" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D143" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E143" s="22" t="s">
+        <v>772</v>
+      </c>
+      <c r="F143" s="9" t="s">
+        <v>773</v>
+      </c>
+      <c r="G143" s="22" t="s">
         <v>774</v>
-      </c>
-[...4 lines deleted...]
-        <v>776</v>
       </c>
       <c r="H143" s="22" t="s">
         <v>25</v>
       </c>
       <c r="I143" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J143" s="16" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="K143" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L143" s="17">
         <v>45505.0</v>
       </c>
       <c r="M143" s="16" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="N143" s="17" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="O143" s="16" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="P143" s="16" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="Q143" s="15"/>
-      <c r="R143" s="28"/>
+      <c r="R143" s="29"/>
       <c r="S143" s="16" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1">
         <v>143.0</v>
       </c>
       <c r="B144" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D144" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E144" s="8" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="F144" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G144" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H144" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I144" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J144" s="11" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="K144" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="13">
         <v>41094.0</v>
       </c>
       <c r="M144" s="11" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="N144" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O144" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P144" s="14"/>
       <c r="Q144" s="15"/>
-      <c r="R144" s="28"/>
+      <c r="R144" s="29"/>
       <c r="S144" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1">
         <v>144.0</v>
       </c>
       <c r="B145" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D145" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="8" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="F145" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G145" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H145" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I145" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J145" s="11" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="K145" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L145" s="13">
         <v>41094.0</v>
       </c>
       <c r="M145" s="11" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="N145" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O145" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P145" s="14"/>
       <c r="Q145" s="15"/>
-      <c r="R145" s="28"/>
+      <c r="R145" s="29"/>
       <c r="S145" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1">
         <v>145.0</v>
       </c>
       <c r="B146" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D146" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E146" s="8" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="F146" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G146" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H146" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I146" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J146" s="11" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="K146" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L146" s="13">
         <v>37302.0</v>
       </c>
       <c r="M146" s="11" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="N146" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O146" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P146" s="14"/>
       <c r="Q146" s="15"/>
-      <c r="R146" s="28"/>
+      <c r="R146" s="29"/>
       <c r="S146" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1">
         <v>146.0</v>
       </c>
       <c r="B147" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D147" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E147" s="22" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="G147" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H147" s="22" t="s">
         <v>25</v>
       </c>
       <c r="I147" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J147" s="16" t="s">
         <v>51</v>
       </c>
       <c r="K147" s="16" t="s">
         <v>35</v>
       </c>
       <c r="L147" s="17">
         <v>45505.0</v>
       </c>
       <c r="M147" s="16" t="s">
         <v>50</v>
       </c>
       <c r="N147" s="16" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="O147" s="16" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="P147" s="16" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="Q147" s="15"/>
-      <c r="R147" s="28"/>
+      <c r="R147" s="29"/>
       <c r="S147" s="16" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1">
         <v>147.0</v>
       </c>
       <c r="B148" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D148" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="22" t="s">
+        <v>790</v>
+      </c>
+      <c r="F148" s="9" t="s">
+        <v>791</v>
+      </c>
+      <c r="G148" s="22" t="s">
         <v>792</v>
-      </c>
-[...4 lines deleted...]
-        <v>794</v>
       </c>
       <c r="H148" s="22" t="s">
         <v>758</v>
       </c>
       <c r="I148" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J148" s="16" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="K148" s="16" t="s">
         <v>66</v>
       </c>
       <c r="L148" s="16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M148" s="16" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="N148" s="17">
         <v>45505.0</v>
       </c>
       <c r="O148" s="16" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="P148" s="18">
         <v>45505.0</v>
       </c>
       <c r="Q148" s="22" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="R148" s="28"/>
+        <v>793</v>
+      </c>
+      <c r="R148" s="29"/>
       <c r="S148" s="16" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1">
         <v>148.0</v>
       </c>
       <c r="B149" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C149" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D149" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="8" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="F149" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G149" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H149" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I149" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J149" s="16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K149" s="11" t="s">
         <v>28</v>
       </c>
       <c r="L149" s="13">
         <v>41584.0</v>
       </c>
       <c r="M149" s="11" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="N149" s="17">
         <v>44931.0</v>
       </c>
       <c r="O149" s="16" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="P149" s="18">
         <v>44931.0</v>
       </c>
       <c r="Q149" s="15"/>
-      <c r="R149" s="28"/>
+      <c r="R149" s="29"/>
       <c r="S149" s="16" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1">
         <v>149.0</v>
       </c>
       <c r="B150" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C150" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D150" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E150" s="8" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="F150" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G150" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H150" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I150" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J150" s="11" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="K150" s="11" t="s">
         <v>66</v>
       </c>
       <c r="L150" s="13">
         <v>41956.0</v>
       </c>
       <c r="M150" s="11" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="N150" s="13" t="s">
         <v>30</v>
       </c>
       <c r="O150" s="14" t="s">
         <v>30</v>
       </c>
       <c r="P150" s="14"/>
       <c r="Q150" s="15"/>
-      <c r="R150" s="28"/>
+      <c r="R150" s="29"/>
       <c r="S150" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1">
         <v>150.0</v>
       </c>
       <c r="B151" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C151" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D151" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="8" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="F151" s="10" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G151" s="8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H151" s="8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I151" s="8" t="s">
         <v>26</v>
       </c>
       <c r="J151" s="23" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="K151" s="11" t="s">
         <v>76</v>
       </c>
       <c r="L151" s="13">
         <v>37384.0</v>
       </c>
       <c r="M151" s="11" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="N151" s="17">
         <v>45505.0</v>
       </c>
       <c r="O151" s="16" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="P151" s="18">
         <v>45505.0</v>
       </c>
       <c r="Q151" s="15"/>
-      <c r="R151" s="28"/>
+      <c r="R151" s="29"/>
       <c r="S151" s="16" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
     </row>
     <row r="152">
-      <c r="A152" s="32">
+      <c r="A152" s="33">
         <v>151.0</v>
       </c>
-      <c r="B152" s="33" t="s">
+      <c r="B152" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C152" s="33" t="s">
+      <c r="C152" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D152" s="33" t="s">
+      <c r="D152" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E152" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="F152" s="35" t="s">
+        <v>802</v>
+      </c>
+      <c r="G152" s="34" t="s">
         <v>803</v>
       </c>
-      <c r="E152" s="33" t="s">
+      <c r="H152" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I152" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J152" s="36" t="s">
+        <v>804</v>
+      </c>
+      <c r="K152" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L152" s="37">
+        <v>44931.0</v>
+      </c>
+      <c r="M152" s="34" t="s">
+        <v>805</v>
+      </c>
+      <c r="N152" s="38">
+        <v>44455.0</v>
+      </c>
+      <c r="O152" s="39" t="s">
+        <v>806</v>
+      </c>
+      <c r="P152" s="40" t="s">
+        <v>807</v>
+      </c>
+      <c r="Q152" s="41" t="s">
+        <v>808</v>
+      </c>
+      <c r="R152" s="42"/>
+      <c r="S152" s="39" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="33">
+        <v>152.0</v>
+      </c>
+      <c r="B153" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C153" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E153" s="34" t="s">
+        <v>809</v>
+      </c>
+      <c r="F153" s="35" t="s">
+        <v>181</v>
+      </c>
+      <c r="G153" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="H153" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I153" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J153" s="36" t="s">
+        <v>810</v>
+      </c>
+      <c r="K153" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L153" s="37">
+        <v>44504.0</v>
+      </c>
+      <c r="M153" s="34" t="s">
+        <v>811</v>
+      </c>
+      <c r="N153" s="38" t="s">
+        <v>202</v>
+      </c>
+      <c r="O153" s="39" t="s">
+        <v>812</v>
+      </c>
+      <c r="P153" s="40" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q153" s="42"/>
+      <c r="R153" s="42"/>
+      <c r="S153" s="39" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="33">
+        <v>153.0</v>
+      </c>
+      <c r="B154" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C154" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E154" s="34" t="s">
+        <v>521</v>
+      </c>
+      <c r="F154" s="35" t="s">
+        <v>814</v>
+      </c>
+      <c r="G154" s="34" t="s">
+        <v>815</v>
+      </c>
+      <c r="H154" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I154" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J154" s="36" t="s">
+        <v>816</v>
+      </c>
+      <c r="K154" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L154" s="37">
+        <v>43418.0</v>
+      </c>
+      <c r="M154" s="34" t="s">
+        <v>817</v>
+      </c>
+      <c r="N154" s="38">
+        <v>43293.0</v>
+      </c>
+      <c r="O154" s="43" t="s">
+        <v>818</v>
+      </c>
+      <c r="P154" s="44">
+        <v>43259.0</v>
+      </c>
+      <c r="Q154" s="42"/>
+      <c r="R154" s="42"/>
+      <c r="S154" s="39" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="33">
+        <v>154.0</v>
+      </c>
+      <c r="B155" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C155" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E155" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="F155" s="35" t="s">
+        <v>819</v>
+      </c>
+      <c r="G155" s="34" t="s">
+        <v>820</v>
+      </c>
+      <c r="H155" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I155" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J155" s="36" t="s">
+        <v>821</v>
+      </c>
+      <c r="K155" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L155" s="37" t="s">
+        <v>329</v>
+      </c>
+      <c r="M155" s="34" t="s">
+        <v>822</v>
+      </c>
+      <c r="N155" s="38">
+        <v>44287.0</v>
+      </c>
+      <c r="O155" s="39" t="s">
+        <v>823</v>
+      </c>
+      <c r="P155" s="44">
+        <v>44320.0</v>
+      </c>
+      <c r="Q155" s="42"/>
+      <c r="R155" s="42"/>
+      <c r="S155" s="39" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="33">
+        <v>155.0</v>
+      </c>
+      <c r="B156" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C156" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E156" s="34" t="s">
+        <v>186</v>
+      </c>
+      <c r="F156" s="35" t="s">
+        <v>187</v>
+      </c>
+      <c r="G156" s="34" t="s">
+        <v>825</v>
+      </c>
+      <c r="H156" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I156" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J156" s="36" t="s">
+        <v>826</v>
+      </c>
+      <c r="K156" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L156" s="37">
+        <v>43069.0</v>
+      </c>
+      <c r="M156" s="41" t="s">
+        <v>827</v>
+      </c>
+      <c r="N156" s="38">
+        <v>42908.0</v>
+      </c>
+      <c r="O156" s="43" t="s">
+        <v>828</v>
+      </c>
+      <c r="P156" s="40" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q156" s="42"/>
+      <c r="R156" s="42"/>
+      <c r="S156" s="39" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="33">
+        <v>156.0</v>
+      </c>
+      <c r="B157" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C157" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E157" s="34" t="s">
+        <v>527</v>
+      </c>
+      <c r="F157" s="35" t="s">
+        <v>830</v>
+      </c>
+      <c r="G157" s="34" t="s">
+        <v>831</v>
+      </c>
+      <c r="H157" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I157" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J157" s="36" t="s">
+        <v>832</v>
+      </c>
+      <c r="K157" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L157" s="37">
+        <v>43069.0</v>
+      </c>
+      <c r="M157" s="41" t="s">
+        <v>833</v>
+      </c>
+      <c r="N157" s="38" t="s">
+        <v>371</v>
+      </c>
+      <c r="O157" s="39" t="s">
+        <v>834</v>
+      </c>
+      <c r="P157" s="40" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q157" s="42"/>
+      <c r="R157" s="42"/>
+      <c r="S157" s="39" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="33">
+        <v>157.0</v>
+      </c>
+      <c r="B158" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C158" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E158" s="34" t="s">
+        <v>40</v>
+      </c>
+      <c r="F158" s="35" t="s">
+        <v>835</v>
+      </c>
+      <c r="G158" s="34" t="s">
+        <v>836</v>
+      </c>
+      <c r="H158" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I158" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J158" s="36" t="s">
+        <v>837</v>
+      </c>
+      <c r="K158" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L158" s="37">
+        <v>43398.0</v>
+      </c>
+      <c r="M158" s="34" t="s">
+        <v>838</v>
+      </c>
+      <c r="N158" s="38">
+        <v>43229.0</v>
+      </c>
+      <c r="O158" s="43" t="s">
+        <v>839</v>
+      </c>
+      <c r="P158" s="40">
+        <v>43229.0</v>
+      </c>
+      <c r="Q158" s="42"/>
+      <c r="R158" s="42"/>
+      <c r="S158" s="39" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="33">
+        <v>158.0</v>
+      </c>
+      <c r="B159" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C159" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E159" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="F159" s="35" t="s">
+        <v>840</v>
+      </c>
+      <c r="G159" s="34" t="s">
+        <v>841</v>
+      </c>
+      <c r="H159" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I159" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J159" s="36" t="s">
+        <v>842</v>
+      </c>
+      <c r="K159" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L159" s="37">
+        <v>43578.0</v>
+      </c>
+      <c r="M159" s="34" t="s">
+        <v>843</v>
+      </c>
+      <c r="N159" s="38">
+        <v>43418.0</v>
+      </c>
+      <c r="O159" s="43" t="s">
+        <v>844</v>
+      </c>
+      <c r="P159" s="40" t="s">
+        <v>845</v>
+      </c>
+      <c r="Q159" s="42"/>
+      <c r="R159" s="42"/>
+      <c r="S159" s="39" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="33">
+        <v>159.0</v>
+      </c>
+      <c r="B160" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C160" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E160" s="34" t="s">
+        <v>531</v>
+      </c>
+      <c r="F160" s="35" t="s">
+        <v>846</v>
+      </c>
+      <c r="G160" s="34" t="s">
+        <v>847</v>
+      </c>
+      <c r="H160" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I160" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J160" s="36" t="s">
+        <v>848</v>
+      </c>
+      <c r="K160" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L160" s="37">
+        <v>43069.0</v>
+      </c>
+      <c r="M160" s="34" t="s">
+        <v>849</v>
+      </c>
+      <c r="N160" s="40">
+        <v>42957.0</v>
+      </c>
+      <c r="O160" s="45" t="s">
+        <v>850</v>
+      </c>
+      <c r="P160" s="46">
+        <v>42957.0</v>
+      </c>
+      <c r="Q160" s="41" t="s">
+        <v>851</v>
+      </c>
+      <c r="R160" s="42"/>
+      <c r="S160" s="39" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="33">
+        <v>160.0</v>
+      </c>
+      <c r="B161" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C161" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E161" s="34" t="s">
+        <v>199</v>
+      </c>
+      <c r="F161" s="35" t="s">
+        <v>853</v>
+      </c>
+      <c r="G161" s="34" t="s">
+        <v>854</v>
+      </c>
+      <c r="H161" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I161" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J161" s="36" t="s">
+        <v>855</v>
+      </c>
+      <c r="K161" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L161" s="37">
+        <v>44931.0</v>
+      </c>
+      <c r="M161" s="34" t="s">
+        <v>856</v>
+      </c>
+      <c r="N161" s="38" t="s">
+        <v>269</v>
+      </c>
+      <c r="O161" s="39" t="s">
+        <v>857</v>
+      </c>
+      <c r="P161" s="40" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q161" s="42"/>
+      <c r="R161" s="42"/>
+      <c r="S161" s="39" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="33">
+        <v>161.0</v>
+      </c>
+      <c r="B162" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C162" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E162" s="34" t="s">
+        <v>534</v>
+      </c>
+      <c r="F162" s="35" t="s">
+        <v>858</v>
+      </c>
+      <c r="G162" s="34" t="s">
+        <v>847</v>
+      </c>
+      <c r="H162" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I162" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J162" s="36" t="s">
+        <v>813</v>
+      </c>
+      <c r="K162" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L162" s="37" t="s">
+        <v>202</v>
+      </c>
+      <c r="M162" s="34" t="s">
+        <v>812</v>
+      </c>
+      <c r="N162" s="38">
+        <v>43578.0</v>
+      </c>
+      <c r="O162" s="39" t="s">
+        <v>859</v>
+      </c>
+      <c r="P162" s="40" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q162" s="41" t="s">
+        <v>861</v>
+      </c>
+      <c r="R162" s="42"/>
+      <c r="S162" s="39" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="33">
+        <v>162.0</v>
+      </c>
+      <c r="B163" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C163" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E163" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="F163" s="34" t="s">
+        <v>863</v>
+      </c>
+      <c r="G163" s="34" t="s">
+        <v>864</v>
+      </c>
+      <c r="H163" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I163" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J163" s="47" t="s">
+        <v>865</v>
+      </c>
+      <c r="K163" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="L163" s="37">
+        <v>45813.0</v>
+      </c>
+      <c r="M163" s="34" t="s">
+        <v>866</v>
+      </c>
+      <c r="N163" s="38">
+        <v>45694.0</v>
+      </c>
+      <c r="O163" s="39" t="s">
+        <v>867</v>
+      </c>
+      <c r="P163" s="43">
+        <v>45694.0</v>
+      </c>
+      <c r="Q163" s="41" t="s">
+        <v>868</v>
+      </c>
+      <c r="R163" s="42"/>
+      <c r="S163" s="39" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="33">
+        <v>163.0</v>
+      </c>
+      <c r="B164" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C164" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E164" s="34" t="s">
+        <v>540</v>
+      </c>
+      <c r="F164" s="34" t="s">
+        <v>869</v>
+      </c>
+      <c r="G164" s="34" t="s">
+        <v>870</v>
+      </c>
+      <c r="H164" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I164" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J164" s="36" t="s">
+        <v>862</v>
+      </c>
+      <c r="K164" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L164" s="37">
+        <v>43578.0</v>
+      </c>
+      <c r="M164" s="34" t="s">
+        <v>859</v>
+      </c>
+      <c r="N164" s="38">
+        <v>43467.0</v>
+      </c>
+      <c r="O164" s="48"/>
+      <c r="P164" s="49"/>
+      <c r="Q164" s="41" t="s">
+        <v>871</v>
+      </c>
+      <c r="R164" s="50"/>
+      <c r="S164" s="48"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="33">
+        <v>164.0</v>
+      </c>
+      <c r="B165" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C165" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E165" s="34" t="s">
+        <v>872</v>
+      </c>
+      <c r="F165" s="34" t="s">
+        <v>873</v>
+      </c>
+      <c r="G165" s="34" t="s">
+        <v>864</v>
+      </c>
+      <c r="H165" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I165" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J165" s="47" t="s">
+        <v>874</v>
+      </c>
+      <c r="K165" s="35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L165" s="37">
+        <v>42908.0</v>
+      </c>
+      <c r="M165" s="34" t="s">
+        <v>875</v>
+      </c>
+      <c r="N165" s="51"/>
+      <c r="O165" s="42"/>
+      <c r="P165" s="42"/>
+      <c r="Q165" s="41" t="s">
+        <v>868</v>
+      </c>
+      <c r="R165" s="42"/>
+      <c r="S165" s="48"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="33">
+        <v>165.0</v>
+      </c>
+      <c r="B166" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C166" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" s="34" t="s">
+        <v>801</v>
+      </c>
+      <c r="E166" s="34" t="s">
+        <v>215</v>
+      </c>
+      <c r="F166" s="35" t="s">
+        <v>876</v>
+      </c>
+      <c r="G166" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H166" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I166" s="34">
+        <v>2.0</v>
+      </c>
+      <c r="J166" s="47" t="s">
+        <v>878</v>
+      </c>
+      <c r="K166" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L166" s="52">
+        <v>45022.0</v>
+      </c>
+      <c r="M166" s="34" t="s">
+        <v>879</v>
+      </c>
+      <c r="N166" s="40">
+        <v>44931.0</v>
+      </c>
+      <c r="O166" s="39" t="s">
+        <v>805</v>
+      </c>
+      <c r="P166" s="40">
+        <v>44931.0</v>
+      </c>
+      <c r="Q166" s="41" t="s">
+        <v>880</v>
+      </c>
+      <c r="R166" s="42"/>
+      <c r="S166" s="39" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="53">
+        <v>166.0</v>
+      </c>
+      <c r="B167" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C167" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" s="35" t="s">
+        <v>801</v>
+      </c>
+      <c r="E167" s="35" t="s">
+        <v>219</v>
+      </c>
+      <c r="F167" s="35" t="s">
+        <v>881</v>
+      </c>
+      <c r="G167" s="35" t="s">
+        <v>882</v>
+      </c>
+      <c r="H167" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="I167" s="35">
+        <v>2.0</v>
+      </c>
+      <c r="J167" s="47" t="s">
+        <v>824</v>
+      </c>
+      <c r="K167" s="35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L167" s="54">
+        <v>44287.0</v>
+      </c>
+      <c r="M167" s="35" t="s">
+        <v>823</v>
+      </c>
+      <c r="N167" s="51"/>
+      <c r="O167" s="55" t="s">
+        <v>883</v>
+      </c>
+      <c r="P167" s="49"/>
+      <c r="Q167" s="41" t="s">
+        <v>884</v>
+      </c>
+      <c r="R167" s="42"/>
+      <c r="S167" s="42"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="53">
+        <v>167.0</v>
+      </c>
+      <c r="B168" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C168" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" s="35" t="s">
+        <v>801</v>
+      </c>
+      <c r="E168" s="35" t="s">
+        <v>225</v>
+      </c>
+      <c r="F168" s="35" t="s">
+        <v>885</v>
+      </c>
+      <c r="G168" s="35" t="s">
+        <v>882</v>
+      </c>
+      <c r="H168" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="I168" s="35">
+        <v>2.0</v>
+      </c>
+      <c r="J168" s="47" t="s">
+        <v>886</v>
+      </c>
+      <c r="K168" s="35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L168" s="54">
+        <v>44287.0</v>
+      </c>
+      <c r="M168" s="35" t="s">
+        <v>887</v>
+      </c>
+      <c r="N168" s="51"/>
+      <c r="O168" s="55" t="s">
+        <v>883</v>
+      </c>
+      <c r="P168" s="49"/>
+      <c r="Q168" s="41" t="s">
+        <v>884</v>
+      </c>
+      <c r="R168" s="42"/>
+      <c r="S168" s="42"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="33">
+        <v>168.0</v>
+      </c>
+      <c r="B169" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C169" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E169" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="F169" s="35" t="s">
+        <v>889</v>
+      </c>
+      <c r="G169" s="34" t="s">
+        <v>890</v>
+      </c>
+      <c r="H169" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I169" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J169" s="36" t="s">
+        <v>891</v>
+      </c>
+      <c r="K169" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L169" s="37" t="s">
+        <v>329</v>
+      </c>
+      <c r="M169" s="34" t="s">
+        <v>892</v>
+      </c>
+      <c r="N169" s="40">
+        <v>44931.0</v>
+      </c>
+      <c r="O169" s="39" t="s">
+        <v>893</v>
+      </c>
+      <c r="P169" s="40">
+        <v>44931.0</v>
+      </c>
+      <c r="Q169" s="42"/>
+      <c r="R169" s="42"/>
+      <c r="S169" s="39" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="33">
+        <v>169.0</v>
+      </c>
+      <c r="B170" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C170" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E170" s="34" t="s">
+        <v>238</v>
+      </c>
+      <c r="F170" s="34" t="s">
+        <v>895</v>
+      </c>
+      <c r="G170" s="34" t="s">
+        <v>864</v>
+      </c>
+      <c r="H170" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I170" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J170" s="36" t="s">
+        <v>896</v>
+      </c>
+      <c r="K170" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="L170" s="37" t="s">
+        <v>393</v>
+      </c>
+      <c r="M170" s="34" t="s">
+        <v>897</v>
+      </c>
+      <c r="N170" s="38">
+        <v>43656.0</v>
+      </c>
+      <c r="O170" s="39" t="s">
+        <v>898</v>
+      </c>
+      <c r="P170" s="44">
+        <v>43745.0</v>
+      </c>
+      <c r="Q170" s="41" t="s">
+        <v>868</v>
+      </c>
+      <c r="R170" s="42"/>
+      <c r="S170" s="55" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="53">
+        <v>170.0</v>
+      </c>
+      <c r="B171" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C171" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E171" s="35" t="s">
+        <v>244</v>
+      </c>
+      <c r="F171" s="35" t="s">
+        <v>900</v>
+      </c>
+      <c r="G171" s="35" t="s">
+        <v>882</v>
+      </c>
+      <c r="H171" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="I171" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J171" s="47" t="s">
+        <v>901</v>
+      </c>
+      <c r="K171" s="35" t="s">
+        <v>66</v>
+      </c>
+      <c r="L171" s="54">
+        <v>44287.0</v>
+      </c>
+      <c r="M171" s="35" t="s">
+        <v>902</v>
+      </c>
+      <c r="N171" s="51"/>
+      <c r="O171" s="48"/>
+      <c r="P171" s="49"/>
+      <c r="Q171" s="41" t="s">
+        <v>884</v>
+      </c>
+      <c r="R171" s="42"/>
+      <c r="S171" s="48"/>
+    </row>
+    <row r="172">
+      <c r="A172" s="53">
+        <v>171.0</v>
+      </c>
+      <c r="B172" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C172" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E172" s="35" t="s">
+        <v>903</v>
+      </c>
+      <c r="F172" s="35" t="s">
+        <v>904</v>
+      </c>
+      <c r="G172" s="56" t="s">
+        <v>905</v>
+      </c>
+      <c r="H172" s="35" t="s">
+        <v>524</v>
+      </c>
+      <c r="I172" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J172" s="47" t="s">
+        <v>906</v>
+      </c>
+      <c r="K172" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="L172" s="54">
+        <v>45299.0</v>
+      </c>
+      <c r="M172" s="35" t="s">
+        <v>907</v>
+      </c>
+      <c r="N172" s="57" t="s">
+        <v>329</v>
+      </c>
+      <c r="O172" s="55" t="s">
+        <v>707</v>
+      </c>
+      <c r="P172" s="58" t="s">
+        <v>329</v>
+      </c>
+      <c r="Q172" s="59" t="s">
+        <v>908</v>
+      </c>
+      <c r="R172" s="42"/>
+      <c r="S172" s="55" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="33">
+        <v>172.0</v>
+      </c>
+      <c r="B173" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C173" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E173" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="F152" s="34" t="s">
-[...5 lines deleted...]
-      <c r="H152" s="33" t="s">
+      <c r="F173" s="56" t="s">
+        <v>909</v>
+      </c>
+      <c r="G173" s="60" t="s">
+        <v>910</v>
+      </c>
+      <c r="H173" s="34" t="s">
         <v>25</v>
       </c>
-      <c r="I152" s="33">
-[...5 lines deleted...]
-      <c r="K152" s="33" t="s">
+      <c r="I173" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J173" s="36" t="s">
+        <v>911</v>
+      </c>
+      <c r="K173" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L173" s="37">
+        <v>36601.0</v>
+      </c>
+      <c r="M173" s="34" t="s">
+        <v>912</v>
+      </c>
+      <c r="N173" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O173" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P173" s="42"/>
+      <c r="Q173" s="59" t="s">
+        <v>913</v>
+      </c>
+      <c r="R173" s="42"/>
+      <c r="S173" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="33">
+        <v>173.0</v>
+      </c>
+      <c r="B174" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C174" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E174" s="34" t="s">
+        <v>809</v>
+      </c>
+      <c r="F174" s="35" t="s">
+        <v>181</v>
+      </c>
+      <c r="G174" s="34" t="s">
+        <v>914</v>
+      </c>
+      <c r="H174" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I174" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J174" s="36" t="s">
+        <v>915</v>
+      </c>
+      <c r="K174" s="34" t="s">
         <v>66</v>
       </c>
-      <c r="L152" s="36">
+      <c r="L174" s="37">
+        <v>45813.0</v>
+      </c>
+      <c r="M174" s="34" t="s">
+        <v>916</v>
+      </c>
+      <c r="N174" s="38">
+        <v>45694.0</v>
+      </c>
+      <c r="O174" s="39" t="s">
+        <v>917</v>
+      </c>
+      <c r="P174" s="40">
+        <v>45694.0</v>
+      </c>
+      <c r="Q174" s="42"/>
+      <c r="R174" s="42"/>
+      <c r="S174" s="39" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="33">
+        <v>174.0</v>
+      </c>
+      <c r="B175" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C175" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E175" s="34" t="s">
+        <v>919</v>
+      </c>
+      <c r="F175" s="35" t="s">
+        <v>920</v>
+      </c>
+      <c r="G175" s="34" t="s">
+        <v>921</v>
+      </c>
+      <c r="H175" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I175" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J175" s="36" t="s">
+        <v>922</v>
+      </c>
+      <c r="K175" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L175" s="37">
+        <v>41948.0</v>
+      </c>
+      <c r="M175" s="34" t="s">
+        <v>923</v>
+      </c>
+      <c r="N175" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O175" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P175" s="42"/>
+      <c r="Q175" s="42"/>
+      <c r="R175" s="42"/>
+      <c r="S175" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="33">
+        <v>175.0</v>
+      </c>
+      <c r="B176" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C176" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E176" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="F176" s="56" t="s">
+        <v>924</v>
+      </c>
+      <c r="G176" s="60" t="s">
+        <v>910</v>
+      </c>
+      <c r="H176" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I176" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J176" s="61" t="s">
+        <v>654</v>
+      </c>
+      <c r="K176" s="60" t="s">
+        <v>134</v>
+      </c>
+      <c r="L176" s="60" t="s">
+        <v>94</v>
+      </c>
+      <c r="M176" s="60" t="s">
+        <v>653</v>
+      </c>
+      <c r="N176" s="38" t="s">
+        <v>329</v>
+      </c>
+      <c r="O176" s="39" t="s">
+        <v>648</v>
+      </c>
+      <c r="P176" s="40" t="s">
+        <v>329</v>
+      </c>
+      <c r="Q176" s="59" t="s">
+        <v>913</v>
+      </c>
+      <c r="R176" s="42"/>
+      <c r="S176" s="39" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="33">
+        <v>176.0</v>
+      </c>
+      <c r="B177" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C177" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E177" s="34" t="s">
+        <v>186</v>
+      </c>
+      <c r="F177" s="35" t="s">
+        <v>187</v>
+      </c>
+      <c r="G177" s="34" t="s">
+        <v>914</v>
+      </c>
+      <c r="H177" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I177" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J177" s="36" t="s">
+        <v>925</v>
+      </c>
+      <c r="K177" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L177" s="37">
+        <v>42908.0</v>
+      </c>
+      <c r="M177" s="34" t="s">
+        <v>926</v>
+      </c>
+      <c r="N177" s="38">
+        <v>42486.0</v>
+      </c>
+      <c r="O177" s="43" t="s">
+        <v>927</v>
+      </c>
+      <c r="P177" s="40" t="s">
+        <v>470</v>
+      </c>
+      <c r="Q177" s="42"/>
+      <c r="R177" s="42"/>
+      <c r="S177" s="39" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="33">
+        <v>177.0</v>
+      </c>
+      <c r="B178" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C178" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E178" s="34" t="s">
+        <v>928</v>
+      </c>
+      <c r="F178" s="35" t="s">
+        <v>929</v>
+      </c>
+      <c r="G178" s="34" t="s">
+        <v>921</v>
+      </c>
+      <c r="H178" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I178" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J178" s="36" t="s">
+        <v>930</v>
+      </c>
+      <c r="K178" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L178" s="37" t="s">
+        <v>269</v>
+      </c>
+      <c r="M178" s="36" t="s">
+        <v>931</v>
+      </c>
+      <c r="N178" s="38">
+        <v>44287.0</v>
+      </c>
+      <c r="O178" s="39" t="s">
+        <v>652</v>
+      </c>
+      <c r="P178" s="44">
+        <v>44320.0</v>
+      </c>
+      <c r="Q178" s="42"/>
+      <c r="R178" s="42"/>
+      <c r="S178" s="62" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="33">
+        <v>178.0</v>
+      </c>
+      <c r="B179" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C179" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E179" s="60" t="s">
+        <v>932</v>
+      </c>
+      <c r="F179" s="56" t="s">
+        <v>933</v>
+      </c>
+      <c r="G179" s="60" t="s">
+        <v>934</v>
+      </c>
+      <c r="H179" s="60" t="s">
+        <v>182</v>
+      </c>
+      <c r="I179" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J179" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="K179" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L179" s="37">
+        <v>38927.0</v>
+      </c>
+      <c r="M179" s="34" t="s">
+        <v>935</v>
+      </c>
+      <c r="N179" s="38" t="s">
+        <v>936</v>
+      </c>
+      <c r="O179" s="43" t="s">
+        <v>937</v>
+      </c>
+      <c r="P179" s="40" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q179" s="41" t="s">
+        <v>938</v>
+      </c>
+      <c r="R179" s="25" t="s">
+        <v>939</v>
+      </c>
+      <c r="S179" s="39" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="53">
+        <v>179.0</v>
+      </c>
+      <c r="B180" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C180" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E180" s="35" t="s">
+        <v>192</v>
+      </c>
+      <c r="F180" s="35" t="s">
+        <v>940</v>
+      </c>
+      <c r="G180" s="35" t="s">
+        <v>941</v>
+      </c>
+      <c r="H180" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="I180" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J180" s="47" t="s">
+        <v>942</v>
+      </c>
+      <c r="K180" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="L180" s="54">
         <v>44931.0</v>
       </c>
-      <c r="M152" s="33" t="s">
-[...23 lines deleted...]
-      <c r="B153" s="33" t="s">
+      <c r="M180" s="35" t="s">
+        <v>943</v>
+      </c>
+      <c r="N180" s="57">
+        <v>44287.0</v>
+      </c>
+      <c r="O180" s="55" t="s">
+        <v>902</v>
+      </c>
+      <c r="P180" s="63">
+        <v>44320.0</v>
+      </c>
+      <c r="Q180" s="59" t="s">
+        <v>908</v>
+      </c>
+      <c r="R180" s="42"/>
+      <c r="S180" s="55" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="33">
+        <v>180.0</v>
+      </c>
+      <c r="B181" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C153" s="33" t="s">
+      <c r="C181" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D153" s="33" t="s">
-[...20 lines deleted...]
-      <c r="K153" s="33" t="s">
+      <c r="D181" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E181" s="34" t="s">
+        <v>944</v>
+      </c>
+      <c r="F181" s="35" t="s">
+        <v>945</v>
+      </c>
+      <c r="G181" s="34" t="s">
+        <v>946</v>
+      </c>
+      <c r="H181" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I181" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J181" s="36" t="s">
+        <v>947</v>
+      </c>
+      <c r="K181" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L181" s="37" t="s">
+        <v>329</v>
+      </c>
+      <c r="M181" s="34" t="s">
+        <v>948</v>
+      </c>
+      <c r="N181" s="38" t="s">
+        <v>949</v>
+      </c>
+      <c r="O181" s="39" t="s">
+        <v>950</v>
+      </c>
+      <c r="P181" s="40" t="s">
+        <v>949</v>
+      </c>
+      <c r="Q181" s="42"/>
+      <c r="R181" s="42"/>
+      <c r="S181" s="39" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="33">
+        <v>181.0</v>
+      </c>
+      <c r="B182" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C182" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E182" s="34" t="s">
+        <v>199</v>
+      </c>
+      <c r="F182" s="35" t="s">
+        <v>952</v>
+      </c>
+      <c r="G182" s="34" t="s">
+        <v>914</v>
+      </c>
+      <c r="H182" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I182" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J182" s="36" t="s">
+        <v>953</v>
+      </c>
+      <c r="K182" s="34" t="s">
         <v>28</v>
       </c>
-      <c r="L153" s="36">
-[...24 lines deleted...]
-      <c r="B154" s="33" t="s">
+      <c r="L182" s="52">
+        <v>45022.0</v>
+      </c>
+      <c r="M182" s="34" t="s">
+        <v>954</v>
+      </c>
+      <c r="N182" s="40">
+        <v>44931.0</v>
+      </c>
+      <c r="O182" s="39" t="s">
+        <v>955</v>
+      </c>
+      <c r="P182" s="40">
+        <v>44931.0</v>
+      </c>
+      <c r="Q182" s="42"/>
+      <c r="R182" s="42"/>
+      <c r="S182" s="62" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="53">
+        <v>182.0</v>
+      </c>
+      <c r="B183" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="C154" s="33" t="s">
+      <c r="C183" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="D154" s="33" t="s">
-[...20 lines deleted...]
-      <c r="K154" s="33" t="s">
+      <c r="D183" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E183" s="56" t="s">
+        <v>540</v>
+      </c>
+      <c r="F183" s="56" t="s">
+        <v>956</v>
+      </c>
+      <c r="G183" s="56" t="s">
+        <v>905</v>
+      </c>
+      <c r="H183" s="35" t="s">
+        <v>524</v>
+      </c>
+      <c r="I183" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J183" s="64" t="s">
+        <v>581</v>
+      </c>
+      <c r="K183" s="56" t="s">
+        <v>134</v>
+      </c>
+      <c r="L183" s="56" t="s">
+        <v>94</v>
+      </c>
+      <c r="M183" s="56" t="s">
+        <v>580</v>
+      </c>
+      <c r="N183" s="65" t="s">
+        <v>96</v>
+      </c>
+      <c r="O183" s="65" t="s">
+        <v>957</v>
+      </c>
+      <c r="P183" s="65" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q183" s="59" t="s">
+        <v>958</v>
+      </c>
+      <c r="R183" s="42"/>
+      <c r="S183" s="65" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="33">
+        <v>183.0</v>
+      </c>
+      <c r="B184" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C184" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E184" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="F184" s="35" t="s">
+        <v>952</v>
+      </c>
+      <c r="G184" s="34" t="s">
+        <v>914</v>
+      </c>
+      <c r="H184" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I184" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J184" s="36" t="s">
+        <v>960</v>
+      </c>
+      <c r="K184" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L184" s="37" t="s">
+        <v>393</v>
+      </c>
+      <c r="M184" s="34" t="s">
+        <v>961</v>
+      </c>
+      <c r="N184" s="38">
+        <v>43578.0</v>
+      </c>
+      <c r="O184" s="39" t="s">
+        <v>962</v>
+      </c>
+      <c r="P184" s="40" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q184" s="42"/>
+      <c r="R184" s="42"/>
+      <c r="S184" s="39" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="53">
+        <v>184.0</v>
+      </c>
+      <c r="B185" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C185" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E185" s="35" t="s">
+        <v>872</v>
+      </c>
+      <c r="F185" s="35" t="s">
+        <v>964</v>
+      </c>
+      <c r="G185" s="35" t="s">
+        <v>965</v>
+      </c>
+      <c r="H185" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="I185" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J185" s="36" t="s">
+        <v>894</v>
+      </c>
+      <c r="K185" s="35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L185" s="54">
+        <v>44931.0</v>
+      </c>
+      <c r="M185" s="35" t="s">
+        <v>893</v>
+      </c>
+      <c r="N185" s="57" t="s">
+        <v>966</v>
+      </c>
+      <c r="O185" s="55" t="s">
+        <v>967</v>
+      </c>
+      <c r="P185" s="58" t="s">
+        <v>968</v>
+      </c>
+      <c r="Q185" s="59" t="s">
+        <v>958</v>
+      </c>
+      <c r="R185" s="42"/>
+      <c r="S185" s="55" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="33">
+        <v>185.0</v>
+      </c>
+      <c r="B186" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C186" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E186" s="34" t="s">
+        <v>544</v>
+      </c>
+      <c r="F186" s="35" t="s">
+        <v>970</v>
+      </c>
+      <c r="G186" s="34" t="s">
+        <v>946</v>
+      </c>
+      <c r="H186" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I186" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J186" s="36" t="s">
+        <v>971</v>
+      </c>
+      <c r="K186" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="L186" s="37">
+        <v>43832.0</v>
+      </c>
+      <c r="M186" s="34" t="s">
+        <v>972</v>
+      </c>
+      <c r="N186" s="38">
+        <v>43832.0</v>
+      </c>
+      <c r="O186" s="39" t="s">
+        <v>972</v>
+      </c>
+      <c r="P186" s="40" t="s">
+        <v>973</v>
+      </c>
+      <c r="Q186" s="42"/>
+      <c r="R186" s="42"/>
+      <c r="S186" s="39" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="53">
+        <v>186.0</v>
+      </c>
+      <c r="B187" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C187" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E187" s="35" t="s">
+        <v>975</v>
+      </c>
+      <c r="F187" s="35" t="s">
+        <v>976</v>
+      </c>
+      <c r="G187" s="35" t="s">
+        <v>882</v>
+      </c>
+      <c r="H187" s="35" t="s">
+        <v>524</v>
+      </c>
+      <c r="I187" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J187" s="47" t="s">
+        <v>977</v>
+      </c>
+      <c r="K187" s="35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L187" s="54">
+        <v>44287.0</v>
+      </c>
+      <c r="M187" s="35" t="s">
+        <v>978</v>
+      </c>
+      <c r="N187" s="51"/>
+      <c r="O187" s="55" t="s">
+        <v>883</v>
+      </c>
+      <c r="P187" s="49"/>
+      <c r="Q187" s="41" t="s">
+        <v>884</v>
+      </c>
+      <c r="R187" s="42"/>
+      <c r="S187" s="42"/>
+    </row>
+    <row r="188">
+      <c r="A188" s="53">
+        <v>187.0</v>
+      </c>
+      <c r="B188" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C188" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" s="35" t="s">
+        <v>888</v>
+      </c>
+      <c r="E188" s="35" t="s">
+        <v>215</v>
+      </c>
+      <c r="F188" s="35" t="s">
+        <v>964</v>
+      </c>
+      <c r="G188" s="35" t="s">
+        <v>979</v>
+      </c>
+      <c r="H188" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="I188" s="35">
+        <v>6.0</v>
+      </c>
+      <c r="J188" s="47" t="s">
+        <v>980</v>
+      </c>
+      <c r="K188" s="35" t="s">
         <v>76</v>
       </c>
-      <c r="L154" s="36">
+      <c r="L188" s="54">
+        <v>45505.0</v>
+      </c>
+      <c r="M188" s="35" t="s">
+        <v>981</v>
+      </c>
+      <c r="N188" s="57" t="s">
+        <v>393</v>
+      </c>
+      <c r="O188" s="55" t="s">
+        <v>586</v>
+      </c>
+      <c r="P188" s="58" t="s">
+        <v>393</v>
+      </c>
+      <c r="Q188" s="59" t="s">
+        <v>908</v>
+      </c>
+      <c r="R188" s="42"/>
+      <c r="S188" s="55" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="33">
+        <v>188.0</v>
+      </c>
+      <c r="B189" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C189" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E189" s="34" t="s">
+        <v>219</v>
+      </c>
+      <c r="F189" s="35" t="s">
+        <v>982</v>
+      </c>
+      <c r="G189" s="34" t="s">
+        <v>983</v>
+      </c>
+      <c r="H189" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I189" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J189" s="61" t="s">
+        <v>126</v>
+      </c>
+      <c r="K189" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L189" s="37">
+        <v>44287.0</v>
+      </c>
+      <c r="M189" s="34" t="s">
+        <v>984</v>
+      </c>
+      <c r="N189" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="O189" s="25" t="s">
+        <v>985</v>
+      </c>
+      <c r="P189" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q189" s="42"/>
+      <c r="R189" s="39"/>
+      <c r="S189" s="25" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="33">
+        <v>189.0</v>
+      </c>
+      <c r="B190" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C190" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D190" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E190" s="34" t="s">
+        <v>225</v>
+      </c>
+      <c r="F190" s="35" t="s">
+        <v>193</v>
+      </c>
+      <c r="G190" s="34" t="s">
+        <v>890</v>
+      </c>
+      <c r="H190" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I190" s="34">
+        <v>6.0</v>
+      </c>
+      <c r="J190" s="36" t="s">
+        <v>987</v>
+      </c>
+      <c r="K190" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L190" s="37">
+        <v>43069.0</v>
+      </c>
+      <c r="M190" s="34" t="s">
+        <v>988</v>
+      </c>
+      <c r="N190" s="38">
+        <v>42908.0</v>
+      </c>
+      <c r="O190" s="43" t="s">
+        <v>989</v>
+      </c>
+      <c r="P190" s="40" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q190" s="42"/>
+      <c r="R190" s="42"/>
+      <c r="S190" s="39" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="33">
+        <v>190.0</v>
+      </c>
+      <c r="B191" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C191" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D191" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E191" s="34" t="s">
+        <v>991</v>
+      </c>
+      <c r="F191" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G191" s="34" t="s">
+        <v>992</v>
+      </c>
+      <c r="H191" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I191" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J191" s="36" t="s">
+        <v>993</v>
+      </c>
+      <c r="K191" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L191" s="37">
+        <v>44931.0</v>
+      </c>
+      <c r="M191" s="34" t="s">
+        <v>994</v>
+      </c>
+      <c r="N191" s="38">
         <v>43418.0</v>
       </c>
-      <c r="M154" s="33" t="s">
-[...21 lines deleted...]
-      <c r="B155" s="33" t="s">
+      <c r="O191" s="43" t="s">
+        <v>995</v>
+      </c>
+      <c r="P191" s="40" t="s">
+        <v>845</v>
+      </c>
+      <c r="Q191" s="42"/>
+      <c r="R191" s="42"/>
+      <c r="S191" s="39" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="33">
+        <v>191.0</v>
+      </c>
+      <c r="B192" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C155" s="33" t="s">
+      <c r="C192" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D155" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="33" t="s">
+      <c r="D192" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E192" s="34" t="s">
+        <v>238</v>
+      </c>
+      <c r="F192" s="35" t="s">
+        <v>996</v>
+      </c>
+      <c r="G192" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H192" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I192" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J192" s="36" t="s">
+        <v>997</v>
+      </c>
+      <c r="K192" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L192" s="37">
+        <v>43418.0</v>
+      </c>
+      <c r="M192" s="34" t="s">
+        <v>998</v>
+      </c>
+      <c r="N192" s="51"/>
+      <c r="O192" s="42"/>
+      <c r="P192" s="42"/>
+      <c r="Q192" s="41" t="s">
+        <v>999</v>
+      </c>
+      <c r="R192" s="42"/>
+      <c r="S192" s="42"/>
+    </row>
+    <row r="193">
+      <c r="A193" s="33">
+        <v>192.0</v>
+      </c>
+      <c r="B193" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C193" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E193" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="F193" s="35" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G193" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H193" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I193" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J193" s="36" t="s">
+        <v>1001</v>
+      </c>
+      <c r="K193" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L193" s="37">
+        <v>36302.0</v>
+      </c>
+      <c r="M193" s="34" t="s">
+        <v>1002</v>
+      </c>
+      <c r="N193" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O193" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P193" s="42"/>
+      <c r="Q193" s="41" t="s">
+        <v>1003</v>
+      </c>
+      <c r="R193" s="42"/>
+      <c r="S193" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="33">
+        <v>193.0</v>
+      </c>
+      <c r="B194" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C194" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E194" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="F194" s="35" t="s">
+        <v>876</v>
+      </c>
+      <c r="G194" s="34" t="s">
+        <v>914</v>
+      </c>
+      <c r="H194" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I194" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J194" s="36" t="s">
+        <v>1004</v>
+      </c>
+      <c r="K194" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L194" s="37">
+        <v>40822.0</v>
+      </c>
+      <c r="M194" s="34" t="s">
+        <v>1005</v>
+      </c>
+      <c r="N194" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O194" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P194" s="42"/>
+      <c r="Q194" s="42"/>
+      <c r="R194" s="42"/>
+      <c r="S194" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="33">
+        <v>194.0</v>
+      </c>
+      <c r="B195" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C195" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E195" s="34" t="s">
+        <v>521</v>
+      </c>
+      <c r="F195" s="35" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G195" s="34" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H195" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I195" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J195" s="36" t="s">
+        <v>1008</v>
+      </c>
+      <c r="K195" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L195" s="37">
+        <v>41948.0</v>
+      </c>
+      <c r="M195" s="34" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N195" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O195" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P195" s="42"/>
+      <c r="Q195" s="42"/>
+      <c r="R195" s="42"/>
+      <c r="S195" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="33">
+        <v>195.0</v>
+      </c>
+      <c r="B196" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C196" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D196" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E196" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="F155" s="34" t="s">
-[...5 lines deleted...]
-      <c r="H155" s="33" t="s">
+      <c r="F196" s="35" t="s">
+        <v>1010</v>
+      </c>
+      <c r="G196" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H196" s="34" t="s">
         <v>25</v>
       </c>
-      <c r="I155" s="33">
-[...506 lines deleted...]
-      <c r="K164" s="33" t="s">
+      <c r="I196" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J196" s="61" t="s">
+        <v>753</v>
+      </c>
+      <c r="K196" s="60" t="s">
         <v>35</v>
       </c>
-      <c r="L164" s="36">
-[...1042 lines deleted...]
-      <c r="P183" s="62" t="s">
+      <c r="L196" s="60" t="s">
         <v>96</v>
       </c>
-      <c r="Q183" s="58" t="s">
-[...259 lines deleted...]
-      <c r="L188" s="53">
+      <c r="M196" s="60" t="s">
+        <v>752</v>
+      </c>
+      <c r="N196" s="66">
         <v>45505.0</v>
       </c>
-      <c r="M188" s="34" t="s">
-[...438 lines deleted...]
-        <v>112</v>
+      <c r="O196" s="25" t="s">
+        <v>114</v>
       </c>
       <c r="P196" s="67">
         <v>45505.0</v>
       </c>
-      <c r="Q196" s="40" t="s">
+      <c r="Q196" s="41" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R196" s="42"/>
+      <c r="S196" s="39" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="33">
+        <v>196.0</v>
+      </c>
+      <c r="B197" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C197" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D197" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E197" s="34" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F197" s="35" t="s">
+        <v>181</v>
+      </c>
+      <c r="G197" s="34" t="s">
+        <v>914</v>
+      </c>
+      <c r="H197" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I197" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J197" s="36" t="s">
+        <v>1013</v>
+      </c>
+      <c r="K197" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L197" s="37">
+        <v>44931.0</v>
+      </c>
+      <c r="M197" s="34" t="s">
         <v>1014</v>
       </c>
-      <c r="R196" s="41"/>
-[...8 lines deleted...]
-      <c r="B197" s="33" t="s">
+      <c r="N197" s="38" t="s">
+        <v>202</v>
+      </c>
+      <c r="O197" s="39" t="s">
+        <v>590</v>
+      </c>
+      <c r="P197" s="40" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q197" s="42"/>
+      <c r="R197" s="42"/>
+      <c r="S197" s="39" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="33">
+        <v>197.0</v>
+      </c>
+      <c r="B198" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C197" s="33" t="s">
+      <c r="C198" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D197" s="33" t="s">
-[...14 lines deleted...]
-      <c r="I197" s="33">
+      <c r="D198" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E198" s="34" t="s">
+        <v>527</v>
+      </c>
+      <c r="F198" s="35" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G198" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="H198" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I198" s="34">
         <v>9.0</v>
       </c>
-      <c r="J197" s="35" t="s">
-[...2 lines deleted...]
-      <c r="K197" s="33" t="s">
+      <c r="J198" s="36" t="s">
+        <v>1017</v>
+      </c>
+      <c r="K198" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L198" s="37">
+        <v>41685.0</v>
+      </c>
+      <c r="M198" s="34" t="s">
+        <v>1018</v>
+      </c>
+      <c r="N198" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O198" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P198" s="42"/>
+      <c r="Q198" s="42"/>
+      <c r="R198" s="42"/>
+      <c r="S198" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="33">
+        <v>198.0</v>
+      </c>
+      <c r="B199" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C199" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E199" s="34" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F199" s="35" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G199" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H199" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I199" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J199" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="K199" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L199" s="37">
+        <v>40507.0</v>
+      </c>
+      <c r="M199" s="34" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N199" s="38">
+        <v>45323.0</v>
+      </c>
+      <c r="O199" s="39" t="s">
+        <v>519</v>
+      </c>
+      <c r="P199" s="40">
+        <v>45323.0</v>
+      </c>
+      <c r="Q199" s="41" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R199" s="42"/>
+      <c r="S199" s="39" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="33">
+        <v>199.0</v>
+      </c>
+      <c r="B200" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C200" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D200" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E200" s="34" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F200" s="35" t="s">
+        <v>187</v>
+      </c>
+      <c r="G200" s="34" t="s">
+        <v>914</v>
+      </c>
+      <c r="H200" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I200" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J200" s="36" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K200" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L200" s="37" t="s">
+        <v>329</v>
+      </c>
+      <c r="M200" s="34" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N200" s="38" t="s">
+        <v>202</v>
+      </c>
+      <c r="O200" s="39" t="s">
+        <v>203</v>
+      </c>
+      <c r="P200" s="40" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q200" s="43" t="s">
+        <v>1025</v>
+      </c>
+      <c r="R200" s="42"/>
+      <c r="S200" s="39" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="33">
+        <v>200.0</v>
+      </c>
+      <c r="B201" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C201" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E201" s="34" t="s">
+        <v>531</v>
+      </c>
+      <c r="F201" s="35" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G201" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="H201" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I201" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J201" s="36" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K201" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="L201" s="37">
+        <v>42522.0</v>
+      </c>
+      <c r="M201" s="34" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N201" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O201" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P201" s="42"/>
+      <c r="Q201" s="42"/>
+      <c r="R201" s="42"/>
+      <c r="S201" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="33">
+        <v>201.0</v>
+      </c>
+      <c r="B202" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C202" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E202" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="F202" s="35" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G202" s="34" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H202" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I202" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J202" s="61" t="s">
+        <v>362</v>
+      </c>
+      <c r="K202" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L202" s="60" t="s">
+        <v>96</v>
+      </c>
+      <c r="M202" s="60" t="s">
+        <v>361</v>
+      </c>
+      <c r="N202" s="38">
+        <v>45694.0</v>
+      </c>
+      <c r="O202" s="39" t="s">
+        <v>142</v>
+      </c>
+      <c r="P202" s="40">
+        <v>45694.0</v>
+      </c>
+      <c r="Q202" s="41" t="s">
+        <v>1031</v>
+      </c>
+      <c r="R202" s="42"/>
+      <c r="S202" s="39" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="33">
+        <v>202.0</v>
+      </c>
+      <c r="B203" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C203" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E203" s="34" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F203" s="35" t="s">
+        <v>193</v>
+      </c>
+      <c r="G203" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="H203" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I203" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J203" s="36" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K203" s="34" t="s">
         <v>28</v>
       </c>
-      <c r="L197" s="36">
+      <c r="L203" s="37">
+        <v>40507.0</v>
+      </c>
+      <c r="M203" s="34" t="s">
+        <v>1034</v>
+      </c>
+      <c r="N203" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O203" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P203" s="42"/>
+      <c r="Q203" s="42"/>
+      <c r="R203" s="42"/>
+      <c r="S203" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="33">
+        <v>203.0</v>
+      </c>
+      <c r="B204" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C204" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E204" s="34" t="s">
+        <v>534</v>
+      </c>
+      <c r="F204" s="35" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G204" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="H204" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I204" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J204" s="36" t="s">
+        <v>1036</v>
+      </c>
+      <c r="K204" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L204" s="37">
+        <v>41948.0</v>
+      </c>
+      <c r="M204" s="34" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N204" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O204" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P204" s="42"/>
+      <c r="Q204" s="42"/>
+      <c r="R204" s="42"/>
+      <c r="S204" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="33">
+        <v>204.0</v>
+      </c>
+      <c r="B205" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C205" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E205" s="34" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F205" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G205" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H205" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I205" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J205" s="36" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K205" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L205" s="37">
+        <v>41094.0</v>
+      </c>
+      <c r="M205" s="34" t="s">
+        <v>1040</v>
+      </c>
+      <c r="N205" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O205" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P205" s="42"/>
+      <c r="Q205" s="41" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R205" s="42"/>
+      <c r="S205" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="33">
+        <v>205.0</v>
+      </c>
+      <c r="B206" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C206" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D206" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E206" s="34" t="s">
+        <v>540</v>
+      </c>
+      <c r="F206" s="35" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G206" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H206" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I206" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J206" s="36" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K206" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L206" s="37">
+        <v>45505.0</v>
+      </c>
+      <c r="M206" s="34" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N206" s="40">
         <v>44931.0</v>
       </c>
-      <c r="M197" s="33" t="s">
-[...21 lines deleted...]
-      <c r="B198" s="33" t="s">
+      <c r="O206" s="39" t="s">
+        <v>575</v>
+      </c>
+      <c r="P206" s="40">
+        <v>44931.0</v>
+      </c>
+      <c r="Q206" s="41" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R206" s="42"/>
+      <c r="S206" s="39" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="33">
+        <v>206.0</v>
+      </c>
+      <c r="B207" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C198" s="33" t="s">
+      <c r="C207" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D198" s="33" t="s">
-[...14 lines deleted...]
-      <c r="I198" s="33">
+      <c r="D207" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E207" s="34" t="s">
+        <v>211</v>
+      </c>
+      <c r="F207" s="35" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G207" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="H207" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I207" s="34">
         <v>9.0</v>
       </c>
-      <c r="J198" s="35" t="s">
-[...2 lines deleted...]
-      <c r="K198" s="33" t="s">
+      <c r="J207" s="36" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K207" s="34" t="s">
         <v>76</v>
       </c>
-      <c r="L198" s="36">
+      <c r="L207" s="37">
+        <v>42908.0</v>
+      </c>
+      <c r="M207" s="34" t="s">
+        <v>1046</v>
+      </c>
+      <c r="N207" s="51"/>
+      <c r="O207" s="42"/>
+      <c r="P207" s="42"/>
+      <c r="Q207" s="42"/>
+      <c r="R207" s="42"/>
+      <c r="S207" s="48"/>
+    </row>
+    <row r="208">
+      <c r="A208" s="33">
+        <v>207.0</v>
+      </c>
+      <c r="B208" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C208" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E208" s="34" t="s">
+        <v>544</v>
+      </c>
+      <c r="F208" s="35" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G208" s="34" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H208" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I208" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J208" s="36" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K208" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L208" s="37">
+        <v>43069.0</v>
+      </c>
+      <c r="M208" s="34" t="s">
+        <v>1050</v>
+      </c>
+      <c r="N208" s="38">
+        <v>42985.0</v>
+      </c>
+      <c r="O208" s="39" t="s">
+        <v>1051</v>
+      </c>
+      <c r="P208" s="40">
+        <v>42985.0</v>
+      </c>
+      <c r="Q208" s="42"/>
+      <c r="R208" s="42"/>
+      <c r="S208" s="39" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="33">
+        <v>208.0</v>
+      </c>
+      <c r="B209" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C209" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D209" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E209" s="34" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F209" s="35" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G209" s="34" t="s">
+        <v>836</v>
+      </c>
+      <c r="H209" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I209" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J209" s="36" t="s">
+        <v>1054</v>
+      </c>
+      <c r="K209" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L209" s="37">
+        <v>43418.0</v>
+      </c>
+      <c r="M209" s="34" t="s">
+        <v>1055</v>
+      </c>
+      <c r="N209" s="38">
+        <v>43125.0</v>
+      </c>
+      <c r="O209" s="43" t="s">
+        <v>735</v>
+      </c>
+      <c r="P209" s="40" t="s">
+        <v>1056</v>
+      </c>
+      <c r="Q209" s="42"/>
+      <c r="R209" s="42"/>
+      <c r="S209" s="39" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="33">
+        <v>209.0</v>
+      </c>
+      <c r="B210" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C210" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D210" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E210" s="34" t="s">
+        <v>549</v>
+      </c>
+      <c r="F210" s="35" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G210" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H210" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I210" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J210" s="36" t="s">
+        <v>1058</v>
+      </c>
+      <c r="K210" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L210" s="37">
+        <v>41094.0</v>
+      </c>
+      <c r="M210" s="34" t="s">
+        <v>1059</v>
+      </c>
+      <c r="N210" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O210" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P210" s="42"/>
+      <c r="Q210" s="41" t="s">
+        <v>1060</v>
+      </c>
+      <c r="R210" s="42"/>
+      <c r="S210" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="33">
+        <v>210.0</v>
+      </c>
+      <c r="B211" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C211" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E211" s="34" t="s">
+        <v>219</v>
+      </c>
+      <c r="F211" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G211" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H211" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I211" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J211" s="36" t="s">
+        <v>1061</v>
+      </c>
+      <c r="K211" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L211" s="37">
+        <v>45505.0</v>
+      </c>
+      <c r="M211" s="34" t="s">
+        <v>1062</v>
+      </c>
+      <c r="N211" s="38" t="s">
+        <v>269</v>
+      </c>
+      <c r="O211" s="39" t="s">
+        <v>335</v>
+      </c>
+      <c r="P211" s="40" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q211" s="41" t="s">
+        <v>1063</v>
+      </c>
+      <c r="R211" s="42"/>
+      <c r="S211" s="39" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="33">
+        <v>211.0</v>
+      </c>
+      <c r="B212" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C212" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D212" s="34" t="s">
+        <v>990</v>
+      </c>
+      <c r="E212" s="34" t="s">
+        <v>225</v>
+      </c>
+      <c r="F212" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G212" s="34" t="s">
+        <v>877</v>
+      </c>
+      <c r="H212" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I212" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J212" s="36" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K212" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="L212" s="37">
+        <v>42565.0</v>
+      </c>
+      <c r="M212" s="68" t="s">
+        <v>1065</v>
+      </c>
+      <c r="N212" s="38" t="s">
+        <v>1066</v>
+      </c>
+      <c r="O212" s="39" t="s">
+        <v>1065</v>
+      </c>
+      <c r="P212" s="40" t="s">
+        <v>1067</v>
+      </c>
+      <c r="Q212" s="41" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R212" s="42"/>
+      <c r="S212" s="39" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="33">
+        <v>212.0</v>
+      </c>
+      <c r="B213" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C213" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E213" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="F213" s="35" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G213" s="34" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H213" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I213" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J213" s="36" t="s">
+        <v>1072</v>
+      </c>
+      <c r="K213" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L213" s="37">
+        <v>44931.0</v>
+      </c>
+      <c r="M213" s="34" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N213" s="38">
+        <v>44455.0</v>
+      </c>
+      <c r="O213" s="39" t="s">
+        <v>562</v>
+      </c>
+      <c r="P213" s="40" t="s">
+        <v>807</v>
+      </c>
+      <c r="Q213" s="41" t="s">
+        <v>1074</v>
+      </c>
+      <c r="R213" s="42"/>
+      <c r="S213" s="39" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="33">
+        <v>213.0</v>
+      </c>
+      <c r="B214" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C214" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E214" s="34" t="s">
+        <v>809</v>
+      </c>
+      <c r="F214" s="35" t="s">
+        <v>181</v>
+      </c>
+      <c r="G214" s="34" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H214" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I214" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J214" s="36" t="s">
+        <v>1076</v>
+      </c>
+      <c r="K214" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L214" s="37">
+        <v>43578.0</v>
+      </c>
+      <c r="M214" s="34" t="s">
+        <v>1077</v>
+      </c>
+      <c r="N214" s="38">
+        <v>43418.0</v>
+      </c>
+      <c r="O214" s="43" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P214" s="40" t="s">
+        <v>845</v>
+      </c>
+      <c r="Q214" s="42"/>
+      <c r="R214" s="42"/>
+      <c r="S214" s="39" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="33">
+        <v>214.0</v>
+      </c>
+      <c r="B215" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C215" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E215" s="34" t="s">
+        <v>521</v>
+      </c>
+      <c r="F215" s="35" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G215" s="34" t="s">
+        <v>523</v>
+      </c>
+      <c r="H215" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I215" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J215" s="36" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K215" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L215" s="37">
+        <v>41948.0</v>
+      </c>
+      <c r="M215" s="34" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N215" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O215" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P215" s="42"/>
+      <c r="Q215" s="42"/>
+      <c r="R215" s="42"/>
+      <c r="S215" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="33">
+        <v>215.0</v>
+      </c>
+      <c r="B216" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C216" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E216" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="F216" s="35" t="s">
+        <v>1083</v>
+      </c>
+      <c r="G216" s="34" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H216" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I216" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J216" s="36" t="s">
+        <v>1085</v>
+      </c>
+      <c r="K216" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L216" s="37" t="s">
+        <v>202</v>
+      </c>
+      <c r="M216" s="34" t="s">
+        <v>1086</v>
+      </c>
+      <c r="N216" s="38">
+        <v>40935.0</v>
+      </c>
+      <c r="O216" s="43" t="s">
+        <v>62</v>
+      </c>
+      <c r="P216" s="40" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q216" s="41" t="s">
+        <v>1087</v>
+      </c>
+      <c r="R216" s="42"/>
+      <c r="S216" s="39" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="33">
+        <v>216.0</v>
+      </c>
+      <c r="B217" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C217" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E217" s="34" t="s">
+        <v>186</v>
+      </c>
+      <c r="F217" s="35" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G217" s="34" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H217" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I217" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J217" s="61" t="s">
+        <v>1089</v>
+      </c>
+      <c r="K217" s="60" t="s">
+        <v>93</v>
+      </c>
+      <c r="L217" s="60" t="s">
+        <v>94</v>
+      </c>
+      <c r="M217" s="60" t="s">
+        <v>1090</v>
+      </c>
+      <c r="N217" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="O217" s="25" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P217" s="69" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q217" s="42"/>
+      <c r="R217" s="42"/>
+      <c r="S217" s="25" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="33">
+        <v>217.0</v>
+      </c>
+      <c r="B218" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C218" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E218" s="34" t="s">
+        <v>527</v>
+      </c>
+      <c r="F218" s="35" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G218" s="34" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H218" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I218" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J218" s="36" t="s">
+        <v>1094</v>
+      </c>
+      <c r="K218" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L218" s="37" t="s">
+        <v>202</v>
+      </c>
+      <c r="M218" s="34" t="s">
+        <v>1095</v>
+      </c>
+      <c r="N218" s="38">
+        <v>43622.0</v>
+      </c>
+      <c r="O218" s="39" t="s">
+        <v>284</v>
+      </c>
+      <c r="P218" s="44">
+        <v>43622.0</v>
+      </c>
+      <c r="Q218" s="42"/>
+      <c r="R218" s="42"/>
+      <c r="S218" s="39" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="33">
+        <v>218.0</v>
+      </c>
+      <c r="B219" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C219" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E219" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="F219" s="35" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G219" s="34" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H219" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I219" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J219" s="36" t="s">
+        <v>1096</v>
+      </c>
+      <c r="K219" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L219" s="37">
+        <v>45783.0</v>
+      </c>
+      <c r="M219" s="34" t="s">
+        <v>1097</v>
+      </c>
+      <c r="N219" s="38">
+        <v>45694.0</v>
+      </c>
+      <c r="O219" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="P219" s="40">
+        <v>45694.0</v>
+      </c>
+      <c r="Q219" s="42"/>
+      <c r="R219" s="42"/>
+      <c r="S219" s="39" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="33">
+        <v>219.0</v>
+      </c>
+      <c r="B220" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C220" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E220" s="34" t="s">
+        <v>531</v>
+      </c>
+      <c r="F220" s="35" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G220" s="34" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H220" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I220" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J220" s="36" t="s">
+        <v>1099</v>
+      </c>
+      <c r="K220" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L220" s="37">
+        <v>40507.0</v>
+      </c>
+      <c r="M220" s="34" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N220" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O220" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P220" s="42"/>
+      <c r="Q220" s="42"/>
+      <c r="R220" s="42"/>
+      <c r="S220" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="33">
+        <v>220.0</v>
+      </c>
+      <c r="B221" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C221" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E221" s="34" t="s">
+        <v>199</v>
+      </c>
+      <c r="F221" s="35" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G221" s="34" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H221" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I221" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J221" s="36" t="s">
+        <v>1103</v>
+      </c>
+      <c r="K221" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L221" s="37">
+        <v>42908.0</v>
+      </c>
+      <c r="M221" s="34" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N221" s="38" t="s">
+        <v>484</v>
+      </c>
+      <c r="O221" s="39" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P221" s="40" t="s">
+        <v>486</v>
+      </c>
+      <c r="Q221" s="42"/>
+      <c r="R221" s="42"/>
+      <c r="S221" s="39" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="33">
+        <v>221.0</v>
+      </c>
+      <c r="B222" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C222" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E222" s="34" t="s">
+        <v>534</v>
+      </c>
+      <c r="F222" s="35" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G222" s="34" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H222" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I222" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J222" s="36" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K222" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L222" s="37">
+        <v>42081.0</v>
+      </c>
+      <c r="M222" s="34" t="s">
+        <v>1109</v>
+      </c>
+      <c r="N222" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O222" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P222" s="42"/>
+      <c r="Q222" s="42"/>
+      <c r="R222" s="42"/>
+      <c r="S222" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="33">
+        <v>222.0</v>
+      </c>
+      <c r="B223" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C223" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E223" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="F223" s="35" t="s">
+        <v>181</v>
+      </c>
+      <c r="G223" s="34" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H223" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I223" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J223" s="36" t="s">
+        <v>1110</v>
+      </c>
+      <c r="K223" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L223" s="37">
+        <v>42908.0</v>
+      </c>
+      <c r="M223" s="34" t="s">
+        <v>1111</v>
+      </c>
+      <c r="N223" s="38">
+        <v>42081.0</v>
+      </c>
+      <c r="O223" s="43" t="s">
+        <v>308</v>
+      </c>
+      <c r="P223" s="40" t="s">
+        <v>486</v>
+      </c>
+      <c r="Q223" s="42"/>
+      <c r="R223" s="42"/>
+      <c r="S223" s="39" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="33">
+        <v>223.0</v>
+      </c>
+      <c r="B224" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C224" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E224" s="34" t="s">
+        <v>540</v>
+      </c>
+      <c r="F224" s="35" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G224" s="34" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H224" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I224" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J224" s="36" t="s">
+        <v>1113</v>
+      </c>
+      <c r="K224" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L224" s="37">
+        <v>45505.0</v>
+      </c>
+      <c r="M224" s="34" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N224" s="38" t="s">
+        <v>329</v>
+      </c>
+      <c r="O224" s="39" t="s">
+        <v>701</v>
+      </c>
+      <c r="P224" s="40" t="s">
+        <v>329</v>
+      </c>
+      <c r="Q224" s="42"/>
+      <c r="R224" s="42"/>
+      <c r="S224" s="39" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="33">
+        <v>224.0</v>
+      </c>
+      <c r="B225" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C225" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E225" s="34" t="s">
+        <v>872</v>
+      </c>
+      <c r="F225" s="35" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G225" s="34" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H225" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I225" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J225" s="36" t="s">
+        <v>1079</v>
+      </c>
+      <c r="K225" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L225" s="37">
+        <v>43418.0</v>
+      </c>
+      <c r="M225" s="34" t="s">
+        <v>1078</v>
+      </c>
+      <c r="N225" s="51"/>
+      <c r="O225" s="42"/>
+      <c r="P225" s="42"/>
+      <c r="Q225" s="41" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R225" s="42"/>
+      <c r="S225" s="48"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="33">
+        <v>225.0</v>
+      </c>
+      <c r="B226" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C226" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E226" s="34" t="s">
+        <v>544</v>
+      </c>
+      <c r="F226" s="35" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G226" s="34" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H226" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I226" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J226" s="36" t="s">
+        <v>1120</v>
+      </c>
+      <c r="K226" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L226" s="37">
+        <v>42908.0</v>
+      </c>
+      <c r="M226" s="34" t="s">
+        <v>1121</v>
+      </c>
+      <c r="N226" s="38">
+        <v>42486.0</v>
+      </c>
+      <c r="O226" s="39" t="s">
+        <v>548</v>
+      </c>
+      <c r="P226" s="40" t="s">
+        <v>470</v>
+      </c>
+      <c r="Q226" s="42"/>
+      <c r="R226" s="42"/>
+      <c r="S226" s="39" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="33">
+        <v>226.0</v>
+      </c>
+      <c r="B227" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C227" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" s="34" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E227" s="34" t="s">
+        <v>215</v>
+      </c>
+      <c r="F227" s="35" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G227" s="34" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H227" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I227" s="34">
+        <v>9.0</v>
+      </c>
+      <c r="J227" s="36" t="s">
+        <v>1125</v>
+      </c>
+      <c r="K227" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L227" s="37">
+        <v>43418.0</v>
+      </c>
+      <c r="M227" s="34" t="s">
+        <v>1126</v>
+      </c>
+      <c r="N227" s="51"/>
+      <c r="O227" s="42"/>
+      <c r="P227" s="42"/>
+      <c r="Q227" s="41" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R227" s="42"/>
+      <c r="S227" s="48"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="33">
+        <v>227.0</v>
+      </c>
+      <c r="B228" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C228" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E228" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="F228" s="35" t="s">
+        <v>1128</v>
+      </c>
+      <c r="G228" s="34" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H228" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I228" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J228" s="36" t="s">
+        <v>1130</v>
+      </c>
+      <c r="K228" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L228" s="37">
+        <v>43069.0</v>
+      </c>
+      <c r="M228" s="34" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N228" s="38">
+        <v>42985.0</v>
+      </c>
+      <c r="O228" s="39" t="s">
+        <v>273</v>
+      </c>
+      <c r="P228" s="40">
+        <v>42985.0</v>
+      </c>
+      <c r="Q228" s="42"/>
+      <c r="R228" s="42"/>
+      <c r="S228" s="39" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="33">
+        <v>228.0</v>
+      </c>
+      <c r="B229" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C229" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E229" s="34" t="s">
+        <v>238</v>
+      </c>
+      <c r="F229" s="35" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G229" s="34" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H229" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I229" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J229" s="36" t="s">
+        <v>1134</v>
+      </c>
+      <c r="K229" s="34" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L229" s="37">
+        <v>42514.0</v>
+      </c>
+      <c r="M229" s="34" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N229" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O229" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P229" s="42"/>
+      <c r="Q229" s="42"/>
+      <c r="R229" s="42"/>
+      <c r="S229" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="33">
+        <v>229.0</v>
+      </c>
+      <c r="B230" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C230" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D230" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E230" s="34" t="s">
+        <v>244</v>
+      </c>
+      <c r="F230" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G230" s="34" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H230" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I230" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J230" s="36" t="s">
+        <v>1138</v>
+      </c>
+      <c r="K230" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L230" s="37" t="s">
+        <v>177</v>
+      </c>
+      <c r="M230" s="34" t="s">
+        <v>1139</v>
+      </c>
+      <c r="N230" s="38">
+        <v>45505.0</v>
+      </c>
+      <c r="O230" s="39" t="s">
+        <v>392</v>
+      </c>
+      <c r="P230" s="40">
+        <v>45505.0</v>
+      </c>
+      <c r="Q230" s="41" t="s">
+        <v>1140</v>
+      </c>
+      <c r="R230" s="42"/>
+      <c r="S230" s="43" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="33">
+        <v>230.0</v>
+      </c>
+      <c r="B231" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C231" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D231" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E231" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="F231" s="35" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G231" s="34" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H231" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I231" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J231" s="36" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K231" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L231" s="37">
+        <v>45813.0</v>
+      </c>
+      <c r="M231" s="34" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N231" s="44">
+        <v>45810.0</v>
+      </c>
+      <c r="O231" s="39" t="s">
+        <v>176</v>
+      </c>
+      <c r="P231" s="44">
+        <v>45810.0</v>
+      </c>
+      <c r="Q231" s="41" t="s">
+        <v>1145</v>
+      </c>
+      <c r="R231" s="50"/>
+      <c r="S231" s="39" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="33">
+        <v>231.0</v>
+      </c>
+      <c r="B232" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C232" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D232" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E232" s="34" t="s">
+        <v>809</v>
+      </c>
+      <c r="F232" s="35" t="s">
+        <v>260</v>
+      </c>
+      <c r="G232" s="34" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H232" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I232" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J232" s="36" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K232" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L232" s="37">
+        <v>43125.0</v>
+      </c>
+      <c r="M232" s="41" t="s">
+        <v>1148</v>
+      </c>
+      <c r="N232" s="38">
+        <v>43069.0</v>
+      </c>
+      <c r="O232" s="43" t="s">
+        <v>1149</v>
+      </c>
+      <c r="P232" s="40">
+        <v>43070.0</v>
+      </c>
+      <c r="Q232" s="42"/>
+      <c r="R232" s="39"/>
+      <c r="S232" s="39" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="33">
+        <v>232.0</v>
+      </c>
+      <c r="B233" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C233" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D233" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E233" s="34" t="s">
+        <v>521</v>
+      </c>
+      <c r="F233" s="35" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G233" s="34" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H233" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I233" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J233" s="36" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K233" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L233" s="37">
+        <v>41368.0</v>
+      </c>
+      <c r="M233" s="34" t="s">
+        <v>1153</v>
+      </c>
+      <c r="N233" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O233" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P233" s="42"/>
+      <c r="Q233" s="41" t="s">
+        <v>1154</v>
+      </c>
+      <c r="R233" s="42"/>
+      <c r="S233" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="33">
+        <v>233.0</v>
+      </c>
+      <c r="B234" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C234" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D234" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E234" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="F234" s="35" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G234" s="34" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H234" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I234" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J234" s="36" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K234" s="34" t="s">
+        <v>496</v>
+      </c>
+      <c r="L234" s="37">
+        <v>45694.0</v>
+      </c>
+      <c r="M234" s="34" t="s">
+        <v>1157</v>
+      </c>
+      <c r="N234" s="38" t="s">
+        <v>177</v>
+      </c>
+      <c r="O234" s="39" t="s">
+        <v>444</v>
+      </c>
+      <c r="P234" s="40" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q234" s="41" t="s">
+        <v>1154</v>
+      </c>
+      <c r="R234" s="42"/>
+      <c r="S234" s="39" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="33">
+        <v>234.0</v>
+      </c>
+      <c r="B235" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C235" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D235" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E235" s="34" t="s">
+        <v>186</v>
+      </c>
+      <c r="F235" s="35" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G235" s="34" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H235" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I235" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J235" s="61" t="s">
+        <v>126</v>
+      </c>
+      <c r="K235" s="60" t="s">
+        <v>76</v>
+      </c>
+      <c r="L235" s="60" t="s">
+        <v>96</v>
+      </c>
+      <c r="M235" s="60" t="s">
+        <v>1091</v>
+      </c>
+      <c r="N235" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="O235" s="25" t="s">
+        <v>1090</v>
+      </c>
+      <c r="P235" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q235" s="42"/>
+      <c r="R235" s="39" t="s">
+        <v>1160</v>
+      </c>
+      <c r="S235" s="25" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="33">
+        <v>235.0</v>
+      </c>
+      <c r="B236" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C236" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D236" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E236" s="34" t="s">
+        <v>527</v>
+      </c>
+      <c r="F236" s="35" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G236" s="34" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H236" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I236" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J236" s="36" t="s">
+        <v>1163</v>
+      </c>
+      <c r="K236" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L236" s="37">
+        <v>41948.0</v>
+      </c>
+      <c r="M236" s="34" t="s">
+        <v>1164</v>
+      </c>
+      <c r="N236" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O236" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P236" s="42"/>
+      <c r="Q236" s="42"/>
+      <c r="R236" s="42"/>
+      <c r="S236" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="33">
+        <v>236.0</v>
+      </c>
+      <c r="B237" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C237" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D237" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E237" s="34" t="s">
+        <v>40</v>
+      </c>
+      <c r="F237" s="35" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G237" s="34" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H237" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I237" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J237" s="36" t="s">
+        <v>1167</v>
+      </c>
+      <c r="K237" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="L237" s="37">
+        <v>42522.0</v>
+      </c>
+      <c r="M237" s="34" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N237" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O237" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P237" s="42"/>
+      <c r="Q237" s="41" t="s">
+        <v>1154</v>
+      </c>
+      <c r="R237" s="42"/>
+      <c r="S237" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="33">
+        <v>237.0</v>
+      </c>
+      <c r="B238" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C238" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E238" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="F238" s="56" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G238" s="60" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H238" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I238" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J238" s="36" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K238" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L238" s="37">
         <v>41685.0</v>
       </c>
-      <c r="M198" s="33" t="s">
-[...2 lines deleted...]
-      <c r="N198" s="37" t="s">
+      <c r="M238" s="34" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N238" s="38" t="s">
         <v>30</v>
       </c>
-      <c r="O198" s="42" t="s">
+      <c r="O238" s="43" t="s">
         <v>30</v>
       </c>
-      <c r="P198" s="41"/>
-[...2 lines deleted...]
-      <c r="S198" s="42" t="s">
+      <c r="P238" s="42"/>
+      <c r="Q238" s="42"/>
+      <c r="R238" s="42"/>
+      <c r="S238" s="43" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="199">
-[...3 lines deleted...]
-      <c r="B199" s="33" t="s">
+    <row r="239">
+      <c r="A239" s="33">
+        <v>238.0</v>
+      </c>
+      <c r="B239" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C199" s="33" t="s">
+      <c r="C239" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D199" s="33" t="s">
-[...11 lines deleted...]
-      <c r="H199" s="33" t="s">
+      <c r="D239" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E239" s="34" t="s">
+        <v>531</v>
+      </c>
+      <c r="F239" s="35" t="s">
+        <v>1172</v>
+      </c>
+      <c r="G239" s="34" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H239" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I239" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J239" s="36" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K239" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L239" s="37">
+        <v>42081.0</v>
+      </c>
+      <c r="M239" s="34" t="s">
+        <v>1174</v>
+      </c>
+      <c r="N239" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O239" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P239" s="42"/>
+      <c r="Q239" s="42"/>
+      <c r="R239" s="42"/>
+      <c r="S239" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="33">
+        <v>239.0</v>
+      </c>
+      <c r="B240" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C240" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D240" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E240" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="F240" s="35" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G240" s="34" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H240" s="34" t="s">
         <v>25</v>
       </c>
-      <c r="I199" s="33">
-[...5 lines deleted...]
-      <c r="K199" s="33" t="s">
+      <c r="I240" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J240" s="36" t="s">
+        <v>1176</v>
+      </c>
+      <c r="K240" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L240" s="37">
+        <v>43578.0</v>
+      </c>
+      <c r="M240" s="34" t="s">
+        <v>1177</v>
+      </c>
+      <c r="N240" s="38">
+        <v>40028.0</v>
+      </c>
+      <c r="O240" s="43" t="s">
+        <v>1178</v>
+      </c>
+      <c r="P240" s="40" t="s">
+        <v>1179</v>
+      </c>
+      <c r="Q240" s="41" t="s">
+        <v>1154</v>
+      </c>
+      <c r="R240" s="42"/>
+      <c r="S240" s="39" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="33">
+        <v>240.0</v>
+      </c>
+      <c r="B241" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C241" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D241" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E241" s="34" t="s">
+        <v>199</v>
+      </c>
+      <c r="F241" s="56" t="s">
+        <v>1180</v>
+      </c>
+      <c r="G241" s="60" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H241" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I241" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J241" s="36" t="s">
+        <v>1181</v>
+      </c>
+      <c r="K241" s="34" t="s">
         <v>76</v>
       </c>
-      <c r="L199" s="36">
+      <c r="L241" s="37" t="s">
+        <v>202</v>
+      </c>
+      <c r="M241" s="34" t="s">
+        <v>1182</v>
+      </c>
+      <c r="N241" s="38">
+        <v>43578.0</v>
+      </c>
+      <c r="O241" s="39" t="s">
+        <v>1183</v>
+      </c>
+      <c r="P241" s="40" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q241" s="42"/>
+      <c r="R241" s="42"/>
+      <c r="S241" s="39" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="33">
+        <v>241.0</v>
+      </c>
+      <c r="B242" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C242" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D242" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E242" s="34" t="s">
+        <v>534</v>
+      </c>
+      <c r="F242" s="56" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G242" s="60" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H242" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I242" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J242" s="36" t="s">
+        <v>1186</v>
+      </c>
+      <c r="K242" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L242" s="37">
+        <v>40899.0</v>
+      </c>
+      <c r="M242" s="34" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N242" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O242" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P242" s="42"/>
+      <c r="Q242" s="42"/>
+      <c r="R242" s="42"/>
+      <c r="S242" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="33">
+        <v>242.0</v>
+      </c>
+      <c r="B243" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C243" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D243" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E243" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="F243" s="35" t="s">
+        <v>266</v>
+      </c>
+      <c r="G243" s="34" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H243" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I243" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J243" s="36" t="s">
+        <v>1188</v>
+      </c>
+      <c r="K243" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L243" s="37">
+        <v>45813.0</v>
+      </c>
+      <c r="M243" s="34" t="s">
+        <v>1189</v>
+      </c>
+      <c r="N243" s="38">
+        <v>45694.0</v>
+      </c>
+      <c r="O243" s="39" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P243" s="40">
+        <v>45694.0</v>
+      </c>
+      <c r="Q243" s="42"/>
+      <c r="R243" s="42"/>
+      <c r="S243" s="39" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="33">
+        <v>243.0</v>
+      </c>
+      <c r="B244" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C244" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D244" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E244" s="34" t="s">
+        <v>540</v>
+      </c>
+      <c r="F244" s="35" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G244" s="34" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H244" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I244" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J244" s="36" t="s">
+        <v>1194</v>
+      </c>
+      <c r="K244" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L244" s="37" t="s">
+        <v>393</v>
+      </c>
+      <c r="M244" s="34" t="s">
+        <v>1195</v>
+      </c>
+      <c r="N244" s="38">
+        <v>43578.0</v>
+      </c>
+      <c r="O244" s="39" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P244" s="40" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q244" s="41" t="s">
+        <v>1197</v>
+      </c>
+      <c r="R244" s="42"/>
+      <c r="S244" s="39" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="33">
+        <v>244.0</v>
+      </c>
+      <c r="B245" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C245" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D245" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E245" s="34" t="s">
+        <v>872</v>
+      </c>
+      <c r="F245" s="56" t="s">
+        <v>900</v>
+      </c>
+      <c r="G245" s="60" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H245" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I245" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J245" s="36" t="s">
+        <v>1199</v>
+      </c>
+      <c r="K245" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L245" s="37">
+        <v>43069.0</v>
+      </c>
+      <c r="M245" s="34" t="s">
+        <v>1200</v>
+      </c>
+      <c r="N245" s="38">
+        <v>42957.0</v>
+      </c>
+      <c r="O245" s="39" t="s">
+        <v>77</v>
+      </c>
+      <c r="P245" s="44">
+        <v>43016.0</v>
+      </c>
+      <c r="Q245" s="42"/>
+      <c r="R245" s="42"/>
+      <c r="S245" s="39" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="33">
+        <v>245.0</v>
+      </c>
+      <c r="B246" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C246" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D246" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E246" s="34" t="s">
+        <v>544</v>
+      </c>
+      <c r="F246" s="56" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G246" s="60" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H246" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I246" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J246" s="36" t="s">
+        <v>1203</v>
+      </c>
+      <c r="K246" s="34" t="s">
+        <v>76</v>
+      </c>
+      <c r="L246" s="37">
         <v>40507.0</v>
       </c>
-      <c r="M199" s="33" t="s">
-[...23 lines deleted...]
-      <c r="B200" s="33" t="s">
+      <c r="M246" s="34" t="s">
+        <v>1204</v>
+      </c>
+      <c r="N246" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O246" s="39" t="s">
+        <v>883</v>
+      </c>
+      <c r="P246" s="49"/>
+      <c r="Q246" s="42"/>
+      <c r="R246" s="42"/>
+      <c r="S246" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="33">
+        <v>246.0</v>
+      </c>
+      <c r="B247" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C200" s="33" t="s">
+      <c r="C247" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D200" s="33" t="s">
-[...20 lines deleted...]
-      <c r="K200" s="33" t="s">
+      <c r="D247" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E247" s="34" t="s">
+        <v>215</v>
+      </c>
+      <c r="F247" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G247" s="34" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H247" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I247" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J247" s="36" t="s">
+        <v>1205</v>
+      </c>
+      <c r="K247" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L247" s="37">
+        <v>41369.0</v>
+      </c>
+      <c r="M247" s="34" t="s">
+        <v>1206</v>
+      </c>
+      <c r="N247" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="O247" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="P247" s="42"/>
+      <c r="Q247" s="42"/>
+      <c r="R247" s="42"/>
+      <c r="S247" s="43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="33">
+        <v>247.0</v>
+      </c>
+      <c r="B248" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C248" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D248" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E248" s="34" t="s">
+        <v>549</v>
+      </c>
+      <c r="F248" s="35" t="s">
+        <v>1207</v>
+      </c>
+      <c r="G248" s="34" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H248" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="I248" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J248" s="36" t="s">
+        <v>1208</v>
+      </c>
+      <c r="K248" s="34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L248" s="37">
+        <v>43578.0</v>
+      </c>
+      <c r="M248" s="34" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N248" s="38">
+        <v>43497.0</v>
+      </c>
+      <c r="O248" s="43" t="s">
+        <v>883</v>
+      </c>
+      <c r="P248" s="42"/>
+      <c r="Q248" s="41" t="s">
+        <v>1210</v>
+      </c>
+      <c r="R248" s="42"/>
+      <c r="S248" s="42"/>
+    </row>
+    <row r="249">
+      <c r="A249" s="33">
+        <v>248.0</v>
+      </c>
+      <c r="B249" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C249" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D249" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E249" s="34" t="s">
+        <v>219</v>
+      </c>
+      <c r="F249" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G249" s="34" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H249" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I249" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J249" s="36" t="s">
+        <v>1211</v>
+      </c>
+      <c r="K249" s="34" t="s">
         <v>76</v>
       </c>
-      <c r="L200" s="36" t="s">
-[...26 lines deleted...]
-      <c r="B201" s="33" t="s">
+      <c r="L249" s="37">
+        <v>44931.0</v>
+      </c>
+      <c r="M249" s="34" t="s">
+        <v>1212</v>
+      </c>
+      <c r="N249" s="38" t="s">
+        <v>202</v>
+      </c>
+      <c r="O249" s="39" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P249" s="40" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q249" s="42"/>
+      <c r="R249" s="42"/>
+      <c r="S249" s="39" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="33">
+        <v>249.0</v>
+      </c>
+      <c r="B250" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C201" s="33" t="s">
+      <c r="C250" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D201" s="33" t="s">
-[...46 lines deleted...]
-      <c r="B202" s="33" t="s">
+      <c r="D250" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E250" s="34" t="s">
+        <v>225</v>
+      </c>
+      <c r="F250" s="35" t="s">
+        <v>1214</v>
+      </c>
+      <c r="G250" s="34" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H250" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I250" s="34">
+        <v>13.0</v>
+      </c>
+      <c r="J250" s="61" t="s">
+        <v>959</v>
+      </c>
+      <c r="K250" s="60" t="s">
+        <v>28</v>
+      </c>
+      <c r="L250" s="60" t="s">
+        <v>96</v>
+      </c>
+      <c r="M250" s="60" t="s">
+        <v>957</v>
+      </c>
+      <c r="N250" s="38">
+        <v>45813.0</v>
+      </c>
+      <c r="O250" s="39" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P250" s="40">
+        <v>45813.0</v>
+      </c>
+      <c r="Q250" s="42"/>
+      <c r="R250" s="39" t="s">
+        <v>1217</v>
+      </c>
+      <c r="S250" s="39" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="33">
+        <v>250.0</v>
+      </c>
+      <c r="B251" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C202" s="33" t="s">
+      <c r="C251" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D202" s="33" t="s">
-[...516 lines deleted...]
-      <c r="N211" s="37" t="s">
+      <c r="D251" s="34" t="s">
+        <v>888</v>
+      </c>
+      <c r="E251" s="34" t="s">
+        <v>249</v>
+      </c>
+      <c r="F251" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G251" s="34" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H251" s="34" t="s">
         <v>182</v>
       </c>
-      <c r="O211" s="38" t="s">
-[...2169 lines deleted...]
-      <c r="I251" s="33">
+      <c r="I251" s="34">
         <v>6.0</v>
       </c>
-      <c r="J251" s="35" t="s">
-[...2 lines deleted...]
-      <c r="K251" s="33" t="s">
+      <c r="J251" s="36" t="s">
+        <v>918</v>
+      </c>
+      <c r="K251" s="34" t="s">
         <v>35</v>
       </c>
       <c r="L251" s="70">
         <v>45810.0</v>
       </c>
-      <c r="M251" s="33" t="s">
-[...2 lines deleted...]
-      <c r="N251" s="37" t="s">
+      <c r="M251" s="34" t="s">
+        <v>917</v>
+      </c>
+      <c r="N251" s="38" t="s">
         <v>1219</v>
       </c>
-      <c r="O251" s="38" t="s">
-[...7 lines deleted...]
-      <c r="S251" s="38" t="s">
+      <c r="O251" s="39" t="s">
+        <v>737</v>
+      </c>
+      <c r="P251" s="40" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q251" s="42"/>
+      <c r="R251" s="50"/>
+      <c r="S251" s="39" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="252">
-      <c r="A252" s="32">
+      <c r="A252" s="33">
         <v>251.0</v>
       </c>
-      <c r="B252" s="33" t="s">
+      <c r="B252" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C252" s="33" t="s">
+      <c r="C252" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D252" s="33" t="s">
-[...8 lines deleted...]
-      <c r="G252" s="33" t="s">
+      <c r="D252" s="34" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E252" s="34" t="s">
+        <v>249</v>
+      </c>
+      <c r="F252" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G252" s="34" t="s">
         <v>1221</v>
       </c>
-      <c r="H252" s="33" t="s">
-[...2 lines deleted...]
-      <c r="I252" s="33">
+      <c r="H252" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I252" s="34">
         <v>13.0</v>
       </c>
-      <c r="J252" s="35" t="s">
-[...2 lines deleted...]
-      <c r="K252" s="33" t="s">
+      <c r="J252" s="36" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K252" s="34" t="s">
         <v>35</v>
       </c>
       <c r="L252" s="70">
         <v>45810.0</v>
       </c>
-      <c r="M252" s="33" t="s">
-[...2 lines deleted...]
-      <c r="N252" s="37" t="s">
+      <c r="M252" s="34" t="s">
+        <v>1190</v>
+      </c>
+      <c r="N252" s="38" t="s">
         <v>1219</v>
       </c>
-      <c r="O252" s="38" t="s">
-[...7 lines deleted...]
-      <c r="S252" s="38" t="s">
+      <c r="O252" s="39" t="s">
+        <v>737</v>
+      </c>
+      <c r="P252" s="40" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q252" s="42"/>
+      <c r="R252" s="50"/>
+      <c r="S252" s="39" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="253">
-      <c r="A253" s="32">
+      <c r="A253" s="33">
         <v>252.0</v>
       </c>
-      <c r="B253" s="33" t="s">
+      <c r="B253" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="C253" s="33" t="s">
+      <c r="C253" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="D253" s="34" t="s">
-[...8 lines deleted...]
-      <c r="G253" s="33" t="s">
+      <c r="D253" s="35" t="s">
+        <v>801</v>
+      </c>
+      <c r="E253" s="35" t="s">
+        <v>234</v>
+      </c>
+      <c r="F253" s="35" t="s">
+        <v>319</v>
+      </c>
+      <c r="G253" s="34" t="s">
         <v>1222</v>
       </c>
-      <c r="H253" s="33" t="s">
-[...2 lines deleted...]
-      <c r="I253" s="33">
+      <c r="H253" s="34" t="s">
+        <v>182</v>
+      </c>
+      <c r="I253" s="34">
         <v>2.0</v>
       </c>
-      <c r="J253" s="35" t="s">
-[...2 lines deleted...]
-      <c r="K253" s="33" t="s">
+      <c r="J253" s="36" t="s">
+        <v>829</v>
+      </c>
+      <c r="K253" s="34" t="s">
         <v>35</v>
       </c>
       <c r="L253" s="70">
         <v>45810.0</v>
       </c>
-      <c r="M253" s="33" t="s">
-[...2 lines deleted...]
-      <c r="N253" s="37" t="s">
+      <c r="M253" s="34" t="s">
+        <v>867</v>
+      </c>
+      <c r="N253" s="38" t="s">
         <v>1219</v>
       </c>
-      <c r="O253" s="38" t="s">
-[...7 lines deleted...]
-      <c r="S253" s="38" t="s">
+      <c r="O253" s="39" t="s">
+        <v>737</v>
+      </c>
+      <c r="P253" s="40" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q253" s="42"/>
+      <c r="R253" s="50"/>
+      <c r="S253" s="39" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="254" ht="15.75" customHeight="1">
       <c r="A254" s="71"/>
       <c r="B254" s="72"/>
       <c r="C254" s="72"/>
       <c r="D254" s="72"/>
       <c r="E254" s="72"/>
       <c r="F254" s="72"/>
       <c r="G254" s="72"/>
       <c r="H254" s="72"/>
       <c r="I254" s="72"/>
       <c r="J254" s="73"/>
       <c r="K254" s="74"/>
       <c r="L254" s="75"/>
       <c r="M254" s="76"/>
       <c r="N254" s="75"/>
       <c r="O254" s="75"/>
       <c r="P254" s="75"/>
       <c r="Q254" s="77"/>
       <c r="R254" s="77"/>
       <c r="S254" s="78"/>
     </row>
     <row r="255" ht="15.75" customHeight="1">
@@ -31569,57 +31548,57 @@
       <c r="P1095" s="82"/>
       <c r="S1095" s="81"/>
     </row>
     <row r="1096" ht="15.75" customHeight="1">
       <c r="J1096" s="81"/>
       <c r="K1096" s="82"/>
       <c r="L1096" s="82"/>
       <c r="M1096" s="82"/>
       <c r="N1096" s="82"/>
       <c r="O1096" s="82"/>
       <c r="P1096" s="82"/>
       <c r="S1096" s="81"/>
     </row>
     <row r="1097" ht="15.75" customHeight="1">
       <c r="J1097" s="81"/>
       <c r="K1097" s="82"/>
       <c r="L1097" s="82"/>
       <c r="M1097" s="82"/>
       <c r="N1097" s="82"/>
       <c r="O1097" s="82"/>
       <c r="P1097" s="82"/>
       <c r="S1097" s="81"/>
     </row>
   </sheetData>
   <customSheetViews>
-    <customSheetView guid="{95D54566-B791-431D-8993-8D93D9AC84D2}" filter="1" showAutoFilter="1">
+    <customSheetView guid="{D4BE57D0-CC60-4359-807D-2A2C1DA864AB}" filter="1" showAutoFilter="1">
       <autoFilter ref="$N$1:$N$1097"/>
     </customSheetView>
-    <customSheetView guid="{52E54584-2523-457A-AC3F-A177FF480669}" filter="1" showAutoFilter="1">
+    <customSheetView guid="{09EC48C1-E091-47BF-BFC1-A2AF24C1A476}" filter="1" showAutoFilter="1">
       <autoFilter ref="$A$1:$S$453"/>
     </customSheetView>
-    <customSheetView guid="{2899974F-8E79-4444-9DE1-84978F62B58D}" filter="1" showAutoFilter="1">
+    <customSheetView guid="{3950D969-C6D3-41E6-8472-4226C821815C}" filter="1" showAutoFilter="1">
       <autoFilter ref="$A$1:$S$453"/>
     </customSheetView>
   </customSheetViews>
   <printOptions/>
   <pageMargins bottom="0.7874015748031497" footer="0.0" header="0.0" left="0.5118110236220472" right="0.5118110236220472" top="0.7874015748031497"/>
   <pageSetup paperSize="9" scale="50" orientation="landscape"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
   <cols>
     <col customWidth="1" min="1" max="6" width="8.71"/>
   </cols>
   <sheetData>
     <row r="21" ht="15.75" customHeight="1"/>
     <row r="22" ht="15.75" customHeight="1"/>