--- v0 (2025-10-27)
+++ v1 (2026-02-25)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml" PartName="/xl/pivotCache/pivotCacheDefinition1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/binary" PartName="/xl/metadata"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml" PartName="/xl/pivotTables/pivotTable1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml" PartName="/xl/pivotTables/pivotTable2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
     <sheet state="visible" name="Quadro Geral" sheetId="1" r:id="rId4"/>
     <sheet state="visible" name="Plan1" sheetId="2" r:id="rId5"/>
     <sheet state="visible" name="Pivot Table 4" sheetId="3" r:id="rId6"/>
     <sheet state="visible" name="Totalizadores" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames>
-    <definedName hidden="1" localSheetId="0" name="Z_8D830175_4406_432C_80F1_B1889EDAD68B_.wvu.FilterData">'Quadro Geral'!$A$1:$S$287</definedName>
-    <definedName hidden="1" localSheetId="0" name="Z_88DE16FB_0EE0_44E4_89A7_793A06590BCC_.wvu.FilterData">'Quadro Geral'!$A$1:$S$287</definedName>
+    <definedName hidden="1" localSheetId="0" name="Z_8990D997_B492_4D35_B456_0F86BBE63E19_.wvu.FilterData">'Quadro Geral'!$A$1:$S$287</definedName>
+    <definedName hidden="1" localSheetId="0" name="Z_EC450D1E_0ED9_49D1_A50E_72A8D30774FD_.wvu.FilterData">'Quadro Geral'!$A$1:$S$287</definedName>
   </definedNames>
   <calcPr/>
   <customWorkbookViews>
-    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{88DE16FB-0EE0-44E4-89A7-793A06590BCC}" name="katia.ribeiro - Modo de exibição pessoal"/>
-    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{8D830175-4406-432C-80F1-B1889EDAD68B}" name="raisaa - Modo de exibição pessoal"/>
+    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{8990D997-B492-4D35-B456-0F86BBE63E19}" name="katia.ribeiro - Modo de exibição pessoal"/>
+    <customWorkbookView activeSheetId="0" maximized="1" windowHeight="0" windowWidth="0" guid="{EC450D1E-0ED9-49D1-A50E-72A8D30774FD}" name="raisaa - Modo de exibição pessoal"/>
   </customWorkbookViews>
   <pivotCaches>
     <pivotCache cacheId="0" r:id="rId8"/>
   </pivotCaches>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId9" roundtripDataChecksum="kmdIBQ8TjXx9fU3Md78OEEvraAOY2Y6+7j883/yNK3Y="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1250" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1260" uniqueCount="458">
   <si>
     <t>nº</t>
   </si>
   <si>
     <t>Instância</t>
   </si>
   <si>
     <t>Entrância</t>
   </si>
   <si>
     <t>Município</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Atuação</t>
   </si>
   <si>
     <t>Lei/Ato de definição de atribuição</t>
   </si>
   <si>
     <t>Atribuição</t>
   </si>
   <si>
@@ -154,143 +155,146 @@
   <si>
     <t>GABRIELA TAVARES ALMEIDA</t>
   </si>
   <si>
     <t>Remoção A</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>2.623/2024</t>
   </si>
   <si>
     <t>2.355/2024</t>
   </si>
   <si>
     <t>NARA THAMYRES BRITO GUIMARÃES ALENCAR</t>
   </si>
   <si>
     <t>Ipubi</t>
   </si>
   <si>
     <t>VAGO</t>
   </si>
   <si>
+    <t>3.719/2025</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>257/2026</t>
+  </si>
+  <si>
+    <t>EDITAL 49/2025 REMOÇÃO</t>
+  </si>
+  <si>
+    <t>ILANNA DINIZ MARTINS</t>
+  </si>
+  <si>
+    <t>Parnamirim</t>
+  </si>
+  <si>
+    <t>ISABEL EMANOELA BEZERRA COSTA</t>
+  </si>
+  <si>
     <t>24/09/2024</t>
   </si>
   <si>
-    <t>2.812/2024</t>
-[...16 lines deleted...]
-  <si>
     <t>2.801/2024</t>
   </si>
   <si>
     <t>559/2024</t>
   </si>
   <si>
     <t>JULIANA FALCÃO DE MESQUITA ABREU MARTINEZ</t>
   </si>
   <si>
     <t>Salgueiro</t>
   </si>
   <si>
     <t>1º Promotor de Justiça Substituto da 1ª Circunscrição Ministerial</t>
   </si>
   <si>
     <t>Comarcas de 1ª entrância da 1ª Circunscrição Judiciária</t>
   </si>
   <si>
     <t>LC nº 21/1998 Cria - LC 399/20218 Extingue - RES CPJ 09/2023 Modificou</t>
   </si>
   <si>
     <t>Substituto</t>
   </si>
   <si>
-    <t>2.811/2024</t>
-[...2 lines deleted...]
-    <t>1.761/2025</t>
+    <t>3.716/2025</t>
+  </si>
+  <si>
+    <t>255/2026</t>
   </si>
   <si>
     <t>EDITAL 36/2025 REMOÇÃO</t>
   </si>
   <si>
-    <t>MARCIO JOSÉ DA SILVA FREITAS</t>
+    <t>ROANE MELO BEZERRA</t>
   </si>
   <si>
     <t>2º Promotor de Justiça Substituto da 1ª Circunscrição Ministerial</t>
   </si>
   <si>
     <t>2.802/2024</t>
   </si>
   <si>
     <t>367/2025</t>
   </si>
   <si>
+    <t xml:space="preserve">EDITAL 26/2025 - REMOÇÃO </t>
+  </si>
+  <si>
     <t>HELLEN CRISTINA PEREIRA PAINELLI</t>
   </si>
   <si>
     <t>Serrita</t>
   </si>
   <si>
     <t>2.792/2024</t>
   </si>
   <si>
     <t>19/12/2024</t>
   </si>
   <si>
     <t>3.849/2024</t>
   </si>
   <si>
     <t>EDITAL - REMOÇÃO - 04/2025 - EDITAL 25/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>DEIVISSON MANOEL DE LIMA</t>
   </si>
   <si>
     <t>Trindade</t>
   </si>
   <si>
-    <t>1545/2019</t>
-[...1 lines deleted...]
-  <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>3.676/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
     <t>GUILHERME GOULART SOARES</t>
   </si>
   <si>
     <t>Verdejante</t>
   </si>
   <si>
     <t>LEON KLINSMAN FARIAS FERREIRA</t>
   </si>
   <si>
     <t>24/08/2024</t>
   </si>
   <si>
     <t>2.805/2024</t>
   </si>
   <si>
     <t>20/02/2020</t>
@@ -313,51 +317,54 @@
   <si>
     <t>562/2024</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
     <t>3779/2023</t>
   </si>
   <si>
     <t>CLARISSA DANTAS BASTOS</t>
   </si>
   <si>
     <t>Cabrobó</t>
   </si>
   <si>
     <t>1º Promotor de Justiça</t>
   </si>
   <si>
     <t>Judicial: 1ª Vara da Comarca de Cabrobó; Extrajudicial: defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo e Combate à Sonegação Fiscal.</t>
   </si>
   <si>
     <t>LC nº 21/1998 - RES 22/2024</t>
   </si>
   <si>
-    <t>2.807/2024</t>
+    <t>JOÃO MARCOS CONSERVA FEITOZA</t>
+  </si>
+  <si>
+    <t>3.718/2025</t>
   </si>
   <si>
     <t>1.775/2025</t>
   </si>
   <si>
     <t>EDITAL 50/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>IGOR COUTO VIEIRA</t>
   </si>
   <si>
     <t>2º Promotor de Justiça</t>
   </si>
   <si>
     <t>Judicial: 2ª Vara da Comarca de Cabrobó; Extrajudicial: defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso e Controle Externo da Atividade Policial.</t>
   </si>
   <si>
     <t>2.809/2024</t>
   </si>
   <si>
     <t>1.770/2025</t>
   </si>
   <si>
     <t>EDITAL 45/2025 REMOÇÃO</t>
   </si>
@@ -382,260 +389,281 @@
   <si>
     <t>CARLAN CARLO DA SILVA</t>
   </si>
   <si>
     <t>Orocó</t>
   </si>
   <si>
     <t xml:space="preserve">LC nº 73/2005  </t>
   </si>
   <si>
     <t>2.810/2024</t>
   </si>
   <si>
     <t>1.772/2025</t>
   </si>
   <si>
     <t>EDITAL 47/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>RENATO LIBÓRIO DE LIMA SILVA</t>
   </si>
   <si>
     <t>Santa Maria da Boa Vista</t>
   </si>
   <si>
+    <t>LICIO PAES RODRIGUES FILHO</t>
+  </si>
+  <si>
+    <t>3.709/2025</t>
+  </si>
+  <si>
+    <t>1.769/2025</t>
+  </si>
+  <si>
+    <t>EDITAL 44/2025 REMOÇÃO</t>
+  </si>
+  <si>
+    <t>Carnaíba</t>
+  </si>
+  <si>
+    <t>JOÃO MATEUS MATOS OLIVEIRA</t>
+  </si>
+  <si>
+    <t>2.794/2024</t>
+  </si>
+  <si>
+    <t>2.369/2024</t>
+  </si>
+  <si>
+    <t>THIAGO BARBOSA BERNARDO</t>
+  </si>
+  <si>
+    <t>Itapetim</t>
+  </si>
+  <si>
+    <t>SAMUEL FARIAS</t>
+  </si>
+  <si>
+    <t>2.797/2024</t>
+  </si>
+  <si>
+    <t>2.367/2024</t>
+  </si>
+  <si>
+    <t>MÁRCIO FERNANDO MAGALHÃES FRANCA</t>
+  </si>
+  <si>
+    <t>Tabira</t>
+  </si>
+  <si>
+    <t>MATEUS DE SOUZA ALVES CAVALCANTI</t>
+  </si>
+  <si>
+    <t>3.713/2025</t>
+  </si>
+  <si>
+    <t>1.776/2025</t>
+  </si>
+  <si>
+    <t>EDITAL 51/2025 REMOÇÃO</t>
+  </si>
+  <si>
+    <t>RENNAN FERNANDES DE SOUZA</t>
+  </si>
+  <si>
+    <t>Tuparetama</t>
+  </si>
+  <si>
+    <t>2.808/2024</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>3.083/2025</t>
+  </si>
+  <si>
+    <t>EDITAL 55/2025 - REMOÇÃO</t>
+  </si>
+  <si>
+    <t>CAMILA VEIGA CHETTO COUTINHO</t>
+  </si>
+  <si>
+    <t>Alagoinha</t>
+  </si>
+  <si>
     <t>Remoção por A</t>
   </si>
   <si>
-    <t>1.769/2025</t>
-[...67 lines deleted...]
-  <si>
     <t>1503/2019</t>
   </si>
   <si>
     <t>1.766/2025</t>
   </si>
   <si>
     <t>EDITAL 41/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>MARCUS BRENER GUALBERTO DE ARAGÃO</t>
   </si>
   <si>
     <t>Buíque</t>
   </si>
   <si>
     <t>Judicial: por distribuição, perante a Vara Única da Comarca de Buíque; Extrajudicial: Promoção dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação, Idoso e Controle Externo da atividade policial</t>
   </si>
   <si>
     <t>LC nº 21/1998 - Resolução 10/2023</t>
   </si>
   <si>
-    <t>2.798/2024</t>
-[...2 lines deleted...]
-    <t>3.087/2025</t>
+    <t>3.711/2025</t>
+  </si>
+  <si>
+    <t>258/2026</t>
   </si>
   <si>
     <t>Resolução 10/2023</t>
   </si>
   <si>
     <t>EDITAL 59/2025 - REMOÇÃO</t>
   </si>
   <si>
-    <t>ALEXANDRE GUILHERME PINO DA SILVA FILHO</t>
+    <t>GUSTAVO ADRIÃO GOMES DA SILVA FRANCA</t>
   </si>
   <si>
     <t>Ibimirim</t>
   </si>
   <si>
     <t>074/2023</t>
   </si>
   <si>
     <t>3.094/2025</t>
   </si>
   <si>
     <t>EDITAL 66/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>CAÍQUE CAVALCANTE MAGALHÃES</t>
   </si>
   <si>
     <t>Inajá</t>
   </si>
   <si>
-    <t>2.804/2024</t>
+    <t>FELIPE DE ALMEIDA CARDOSO</t>
+  </si>
+  <si>
+    <t>3.715/2025</t>
   </si>
   <si>
     <t>1.771/2025</t>
   </si>
   <si>
     <t>EDITAL 46/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>PAULO FERNANDES MEDEIROS JÚNIOR</t>
   </si>
   <si>
     <t>Pedra</t>
   </si>
   <si>
     <t>FILIPE COUTINHO LIMA BRITTO</t>
   </si>
   <si>
     <t>560/2024</t>
   </si>
   <si>
     <t>3.769/2023</t>
   </si>
   <si>
     <t>RAUL LINS BASTOS SALES</t>
   </si>
   <si>
     <t>Judicial: por distribuição, perante a Vara Única da Comarca de Buíque; Extrajudicial: Promoção dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor, Habitação e Urbanismo e enfrentamento à Sonegação Fiscal</t>
   </si>
   <si>
-    <t>2.799/2024</t>
+    <t>HILEN CORREIA SANTOS</t>
+  </si>
+  <si>
+    <t>3.706/2025</t>
   </si>
   <si>
     <t>1.759/2025</t>
   </si>
   <si>
     <t>EDITAL 34/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>MAURÍCIO SCHIBUOLA DE CARVALHO</t>
   </si>
   <si>
     <t>Sanharó</t>
   </si>
   <si>
     <t>412/2020</t>
   </si>
   <si>
     <t>368/2025</t>
   </si>
   <si>
     <t>EDITAL 27/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>JEFSON MARCIO SILVA ROMANIUC</t>
   </si>
   <si>
     <t>Venturosa</t>
   </si>
   <si>
     <t>1.763/2025</t>
   </si>
   <si>
     <t>EDITAL 38/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>Águas Belas</t>
   </si>
   <si>
     <t>LC nº 21/1998</t>
   </si>
   <si>
+    <t>3.088/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>4.533/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
     <t>PEDRO FELIPE CARDOSO MOTA FONTES</t>
   </si>
   <si>
-    <t>3.088/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>Caetés</t>
   </si>
   <si>
     <t xml:space="preserve">LC nº 83/2006 </t>
   </si>
   <si>
     <t>2.366/2024</t>
   </si>
   <si>
     <t>1.773/2025</t>
   </si>
   <si>
     <t>EDITAL 48/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>MILENA LIMA DO VALE SOUTO MAIOR</t>
   </si>
   <si>
     <t>Capoeiras</t>
   </si>
   <si>
     <t>REUS ALEXANDRE SERAFINI DO AMARAL</t>
   </si>
   <si>
     <t>436/2005</t>
@@ -685,57 +713,63 @@
   <si>
     <t>2.803/2024</t>
   </si>
   <si>
     <t>EDITAL 60/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>Jupi</t>
   </si>
   <si>
     <t>3.093/2025</t>
   </si>
   <si>
     <t>EDITAL 65/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>Jurema</t>
   </si>
   <si>
     <t>1298/2019</t>
   </si>
   <si>
     <t>2.361/2024</t>
   </si>
   <si>
+    <t xml:space="preserve">EDITAL 20/2025 - REMOÇÃO </t>
+  </si>
+  <si>
     <t>KAMILA RENATA BEZERRA GUERRA</t>
   </si>
   <si>
     <t>Lajedo</t>
   </si>
   <si>
-    <t>2.979/2021</t>
+    <t>MARCEL GUSTAVO CORREA</t>
+  </si>
+  <si>
+    <t>3.705/2025</t>
   </si>
   <si>
     <t>3.085/2025</t>
   </si>
   <si>
     <t>EDITAL 57/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t xml:space="preserve">SILMAR LUIZ ESCARELI ZACURA </t>
   </si>
   <si>
     <t>Afogados da Ingazeira</t>
   </si>
   <si>
     <t>1ª PJ Substituta da 3ª
 Circunscrição
 Ministerial, de 1ª entrância</t>
   </si>
   <si>
     <t>Comarcas de 1ª entrância</t>
   </si>
   <si>
     <t>CAROLINA GURGEL LIMA</t>
   </si>
   <si>
@@ -789,50 +823,56 @@
   <si>
     <t>Agrestina</t>
   </si>
   <si>
     <t>LEÔNCIO TAVARES DIAS</t>
   </si>
   <si>
     <t>22/06/2017</t>
   </si>
   <si>
     <t>1238/2017</t>
   </si>
   <si>
     <t>21/09/2013</t>
   </si>
   <si>
     <t>1410/2013</t>
   </si>
   <si>
     <t>ANA PAULA SANTOS MARQUES</t>
   </si>
   <si>
     <t>Brejo da Madre de Deus</t>
   </si>
   <si>
+    <t>ALEXANDRE GUILHERME PINO DA SILVA FILHO</t>
+  </si>
+  <si>
+    <t>3.087/2025</t>
+  </si>
+  <si>
     <t>2.360/20024</t>
   </si>
   <si>
     <t>ANTONIO ROLEMBERG FEITOSA JUNIOR</t>
   </si>
   <si>
     <t>Cachoeirinha</t>
   </si>
   <si>
     <t>071/2023</t>
   </si>
   <si>
     <t>3.081/2025</t>
   </si>
   <si>
     <t>EDITAL 53/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>SANDRA RODRIGUES CAMPOS</t>
   </si>
   <si>
     <t>Camocim de São Félix</t>
   </si>
   <si>
     <t>LUIZ GUSTAVO SIMÕES VALENÇA DE MELO</t>
@@ -900,80 +940,92 @@
   <si>
     <t>Toritama</t>
   </si>
   <si>
     <t>WANESSA KELLY ALMEIDA SILVA</t>
   </si>
   <si>
     <t>Remoção M</t>
   </si>
   <si>
     <t>3777/2023</t>
   </si>
   <si>
     <t>063/2023</t>
   </si>
   <si>
     <t>VINICIUS COSTA E SILVA</t>
   </si>
   <si>
     <t>Lagoa dos Gatos</t>
   </si>
   <si>
     <t>3.082/2025</t>
   </si>
   <si>
+    <t>EDITAL 72/2025 - REMOÇÃO</t>
+  </si>
+  <si>
     <t>Maraial</t>
   </si>
   <si>
-    <t>3.774/2023</t>
+    <t>BRUNA DE MACEDO BREDA</t>
+  </si>
+  <si>
+    <t>3.710/2025</t>
   </si>
   <si>
     <t>3.080/2025</t>
   </si>
   <si>
     <t>EDITAL 52/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>ADNA LEONOR DEO VASCONCELOS</t>
   </si>
   <si>
     <t>Quipapá</t>
   </si>
   <si>
     <t>3.682/20025</t>
   </si>
   <si>
     <t>Amaraji</t>
   </si>
   <si>
-    <t>073/2023</t>
+    <t>ROOSEVELT OLIVEIRA DE MELO NETO</t>
+  </si>
+  <si>
+    <t>3.704/2025</t>
   </si>
   <si>
     <t>1.768/2025</t>
   </si>
   <si>
+    <t>EDITAL 43/2025 REMOÇÃO</t>
+  </si>
+  <si>
     <t>LUIZ EDUARDO BRAGA LACERDA</t>
   </si>
   <si>
     <t>Cortês</t>
   </si>
   <si>
     <t>RENATA SANTANA PEGO</t>
   </si>
   <si>
     <t>373/2025</t>
   </si>
   <si>
     <t>2283/2018</t>
   </si>
   <si>
     <t>15/11/2018</t>
   </si>
   <si>
     <t>THINNEKE HERNALSTEENS</t>
   </si>
   <si>
     <t>Gameleira</t>
   </si>
   <si>
     <t>NYCOLE SOFIA TEIXEIRA REGO</t>
@@ -1002,361 +1054,403 @@
   <si>
     <t>DANIEL GUSTAVO MENEGUZ MORENO</t>
   </si>
   <si>
     <t>São José da Coroa Grande</t>
   </si>
   <si>
     <t>LUCIANA CARNEIRO CASTELO BRANCO</t>
   </si>
   <si>
     <t>2508/2022</t>
   </si>
   <si>
     <t>659/2022</t>
   </si>
   <si>
     <t>JOÃO PAULO CARVALHO DOS SANTOS</t>
   </si>
   <si>
     <t>Sirinhaém</t>
   </si>
   <si>
     <t>3.773/2023</t>
   </si>
   <si>
+    <t xml:space="preserve">EDITAL 23/2025 - REMOÇÃO </t>
+  </si>
+  <si>
     <t>MILENA LIMA DO VALE  SOUTO MAIOR</t>
   </si>
   <si>
     <t>Tamandaré</t>
   </si>
   <si>
-    <t>2.368/2024</t>
+    <t>VINICIUS VALENTIM ALMEIDA</t>
+  </si>
+  <si>
+    <t>3.707/2025</t>
   </si>
   <si>
     <t>EDITAL 31/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>Itamaracá</t>
   </si>
   <si>
     <t xml:space="preserve">Vara Única de Itamaracá (feitos judiciais por distribuição), e na defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo.
 </t>
   </si>
   <si>
     <t>LC nº 21/1998 e RES CPJ 002/2020</t>
   </si>
   <si>
+    <t>ANDRÉA GRIZ DE ARAUJO CAVALCANTI</t>
+  </si>
+  <si>
     <t>3.090/2025</t>
   </si>
   <si>
     <t>2.620/2024</t>
   </si>
   <si>
     <t>GUSTAVO HENRIQUE HOLANDA DIAS KERSHAW</t>
   </si>
   <si>
     <t>Vara Única de Itamaracá (feitos judiciais por distribuição), e na defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso.</t>
   </si>
   <si>
     <t>GUSTAVO DE QUEIROZ ZENAIDE</t>
   </si>
   <si>
     <t>2.364/2024</t>
   </si>
   <si>
     <t>060/2023</t>
   </si>
   <si>
     <t>FABIANA MACHADO RAIMUNDO DE LIMA</t>
   </si>
   <si>
     <t>Itapissuma</t>
   </si>
   <si>
     <t>1.764/2025</t>
   </si>
   <si>
+    <t xml:space="preserve">EDITAL 39/2025 - REMOÇÃO </t>
+  </si>
+  <si>
     <t>Aliança</t>
   </si>
   <si>
     <t>3.678/2025</t>
   </si>
   <si>
     <t>3.084/2025</t>
   </si>
   <si>
     <t>Condado</t>
   </si>
   <si>
     <t>2.358/2024</t>
   </si>
   <si>
     <t>TAYJANE CABRAL DE ALMEIDA</t>
   </si>
   <si>
     <t>Itaquitinga</t>
   </si>
   <si>
+    <t>3.679/2025</t>
+  </si>
+  <si>
+    <t>256/2026</t>
+  </si>
+  <si>
     <t>MATHEUS ARCO VERDE BARBOSA</t>
-  </si>
-[...7 lines deleted...]
-    <t>SOFIA MEDES BEZERRA DE CARVALHO</t>
   </si>
   <si>
     <t>Macaparana</t>
   </si>
   <si>
     <t>Limoeiro</t>
   </si>
   <si>
     <t>1ª PJ Substituta da 11ª
 Circunscrição
 MInisterial, de 1ª entrância</t>
   </si>
   <si>
     <t>LC nº 21/1998 Cria - LC 354/20217 Extingue - RES CPJ 09/2023 Modificou</t>
   </si>
   <si>
     <t>2.362/2024</t>
   </si>
   <si>
     <t>1.760/2025</t>
   </si>
   <si>
     <t>EDITAL 35/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>BRUNO SANTACATHARINA CARVALHO DE LIMA</t>
   </si>
   <si>
     <t>Tracunhaém</t>
   </si>
   <si>
     <t>2.356/2024</t>
   </si>
   <si>
     <t>RHYZEANE ALAIDE CAVALCANTI DE MORAIS</t>
   </si>
   <si>
     <t>Vicência</t>
   </si>
   <si>
+    <t>MARCELLA CHOMPANIDIS GESTEIRA</t>
+  </si>
+  <si>
     <t>3.092/2025</t>
   </si>
   <si>
     <t>372/2025</t>
   </si>
   <si>
     <t>PATRICIA FERREIRA WANDERLEY DE SIQUEIRA GOLDING</t>
   </si>
   <si>
     <t>Cumaru</t>
   </si>
   <si>
     <t>409/2020</t>
   </si>
   <si>
     <t xml:space="preserve">ARIANO TÉRCIO SILVA DE AGUIAR
 </t>
   </si>
   <si>
     <t>Feira Nova</t>
   </si>
   <si>
-    <t>2.359/2024</t>
-[...2 lines deleted...]
-    <t>ANDREIA APARECIDA MOURA DE COUTO</t>
+    <t>3.086/2025</t>
+  </si>
+  <si>
+    <t>253/2026</t>
+  </si>
+  <si>
+    <t>SOFIA MEDES BEZERRA DE CARVALHO</t>
   </si>
   <si>
     <t>João Alfredo</t>
   </si>
   <si>
+    <t>254/2026</t>
+  </si>
+  <si>
     <t>Lagoa de Itaenga</t>
   </si>
   <si>
+    <t>2.363/2024</t>
+  </si>
+  <si>
     <t>EDITAL 62/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>Orobó</t>
   </si>
   <si>
+    <t>Passira</t>
+  </si>
+  <si>
+    <t>1.765/2025</t>
+  </si>
+  <si>
+    <t>DIOGO GOMES VITAL</t>
+  </si>
+  <si>
+    <t>Santa Maria do Cambucá</t>
+  </si>
+  <si>
+    <t>Pombos</t>
+  </si>
+  <si>
+    <t>IZABELLA ALVES DE SOUZA</t>
+  </si>
+  <si>
+    <t>3.708/2025</t>
+  </si>
+  <si>
+    <t>3763/2023</t>
+  </si>
+  <si>
+    <t>EDITAL 12/2025 REMOÇÃO</t>
+  </si>
+  <si>
+    <t>SORAYA CRISTINA DOS SANTOS DUTRA DE MACEDO</t>
+  </si>
+  <si>
+    <t>São Joaquim do Monte</t>
+  </si>
+  <si>
+    <t>3.682/2025</t>
+  </si>
+  <si>
+    <t>Belém do São Francisco</t>
+  </si>
+  <si>
+    <t>Feitos Criminais da Vara Única Curadorias Extrajudiciais: Patrimônio Público, Sonegação Fiscal e Fundações e Entidades de Interesse Social</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 004/2014</t>
+  </si>
+  <si>
+    <t>LEANDRO LEITÃO NORONHA</t>
+  </si>
+  <si>
+    <t>3.712/2025</t>
+  </si>
+  <si>
+    <t>370/2025</t>
+  </si>
+  <si>
+    <t>EDITAL - REMOÇÃO - 07/2025 - EDITAL 28/2025 - REMOÇÃO</t>
+  </si>
+  <si>
+    <t>HIGOR ALEXANDRE ALVES DE ARAÚJO</t>
+  </si>
+  <si>
+    <t>Custódia</t>
+  </si>
+  <si>
+    <t>2ª Vara da Comarca de Custódia. Defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso.</t>
+  </si>
+  <si>
+    <t>Res-CPJ nº 002/2022</t>
+  </si>
+  <si>
+    <t>CARLOS EDUARDO VERGETTI VIDAL</t>
+  </si>
+  <si>
+    <t>2506/2022</t>
+  </si>
+  <si>
+    <t>Cargo nunca provido</t>
+  </si>
+  <si>
+    <t>RES CPJ 002/2022, Vigência a partir de 03/03/2022 - DO 24/2/22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1ª Vara da Comarca de Custódia. Defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo. </t>
+  </si>
+  <si>
+    <t>LC nº 21/1998 - RES CPJ 002/2022</t>
+  </si>
+  <si>
+    <t>3.681/2025</t>
+  </si>
+  <si>
     <t>3.091/2025</t>
   </si>
   <si>
-    <t>Passira</t>
-[...82 lines deleted...]
-  <si>
     <t>Flores</t>
   </si>
   <si>
     <t>KALINE MIRELLA DA SILVA GOMES</t>
   </si>
   <si>
     <t>3.677/2025</t>
   </si>
   <si>
     <t>Floresta</t>
   </si>
   <si>
-    <t>695/2024</t>
+    <t>CARLOS HENRIQUE FREITAS DOS SANTOS</t>
+  </si>
+  <si>
+    <t>3.717/2025</t>
   </si>
   <si>
     <t>375/2025</t>
   </si>
   <si>
     <t>EDITAL 08/2025 REMOÇÃO - EDITAL 33/2025 REMOÇÃO</t>
   </si>
   <si>
     <t>Petrolândia</t>
   </si>
   <si>
     <t>2ª Vara Judicial da Comarca de Petrolândia. Defesa dos direitos da Infância e Juventude, Direitos Humanos, Saúde, Educação e Idoso.</t>
   </si>
   <si>
     <t>LC nº 21/1998  - RES CPJ 002/2022</t>
   </si>
   <si>
+    <t>EDITAL 73/2025 - REMOÇÃO</t>
+  </si>
+  <si>
     <t>Mirandiba</t>
   </si>
   <si>
     <t>369/2025</t>
   </si>
   <si>
     <t>ANDRÉ JACINTO DE ALMEIDA NETO</t>
   </si>
   <si>
     <t xml:space="preserve">1ª Vara Judicial da Comarca de Petrolândia. Defesa dos direitos das Fundações, Meio Ambiente, Patrimônio Público, Consumidor e Habitação e Urbanismo. </t>
   </si>
   <si>
+    <t>VICTOR FERNANDO SANTOS DE BRITO</t>
+  </si>
+  <si>
+    <t>3.714/2025</t>
+  </si>
+  <si>
     <t>EDITAL 64/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>São José do Belmonte</t>
   </si>
   <si>
     <t>JÉSSICA MARIA XAVIER DE SÁ</t>
   </si>
   <si>
     <t>686/2024</t>
   </si>
   <si>
     <t>3778/2023</t>
   </si>
   <si>
     <t>Triunfo</t>
   </si>
   <si>
     <t>2.796/2024</t>
+  </si>
+  <si>
+    <t>EDITAL 69/2025 - REMOÇÃO</t>
   </si>
   <si>
     <t>COUNTA of Instância</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>COUNTA of Promotor de Justiça</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="167" formatCode="00000"/>
   </numFmts>
   <fonts count="18">
     <font>
       <sz val="11.0"/>
       <color rgb="FF000000"/>
@@ -1594,67 +1688,67 @@
     </xf>
     <xf borderId="1" fillId="2" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="166" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="3" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="1" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-[...1 lines deleted...]
-    </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="49" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="3" numFmtId="167" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="5" numFmtId="1" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="2" fillId="2" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="2" fillId="2" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="2" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="2" fillId="2" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1995,486 +2089,512 @@
       </sharedItems>
     </cacheField>
     <cacheField name="Circunscrição" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1">
         <n v="1.0"/>
         <n v="2.0"/>
         <n v="3.0"/>
         <n v="4.0"/>
         <n v="5.0"/>
         <n v="6.0"/>
         <n v="7.0"/>
         <n v="8.0"/>
         <n v="9.0"/>
         <n v="10.0"/>
         <n v="11.0"/>
         <n v="12.0"/>
         <n v="14.0"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Promotor de Justiça" numFmtId="0">
       <sharedItems>
         <s v="PAMELA GUIMARÃES ROCHA"/>
         <s v="GABRIELA TAVARES ALMEIDA"/>
         <s v="VAGO"/>
         <s v="ISABEL EMANOELA BEZERRA COSTA"/>
+        <s v="ROANE MELO BEZERRA"/>
         <s v="LEON KLINSMAN FARIAS FERREIRA"/>
         <s v="FILIPE VENÂNCIO CORTÊS"/>
+        <s v="JOÃO MARCOS CONSERVA FEITOZA"/>
         <s v="FILIPE REGUEIRA DE OLIVEIRA LIMA"/>
+        <s v="LICIO PAES RODRIGUES FILHO"/>
         <s v="JOÃO MATEUS MATOS OLIVEIRA"/>
         <s v="SAMUEL FARIAS"/>
+        <s v="MATEUS DE SOUZA ALVES CAVALCANTI"/>
+        <s v="FELIPE DE ALMEIDA CARDOSO"/>
         <s v="FILIPE COUTINHO LIMA BRITTO"/>
-        <s v="PEDRO FELIPE CARDOSO MOTA FONTES"/>
+        <s v="HILEN CORREIA SANTOS"/>
         <s v="REUS ALEXANDRE SERAFINI DO AMARAL"/>
         <s v="MARCELA REGINA NAVARRO TOLEDO"/>
+        <s v="MARCEL GUSTAVO CORREA"/>
         <s v="CAROLINA GURGEL LIMA"/>
         <s v="JOUBERTY EMERSSON RODRIGUES DE SOUSA"/>
         <s v="DANIELLY DA SILVA LOPES"/>
         <s v="LEÔNCIO TAVARES DIAS"/>
         <s v="ALEXANDRE GUILHERME PINO DA SILVA FILHO"/>
         <s v="LUIZ GUSTAVO SIMÕES VALENÇA DE MELO"/>
         <s v="SANDRA RODRIGUES CAMPOS"/>
         <s v="OLAVO DA SILVA LEAL"/>
         <s v="ERYNE AVILA DOS ANJOS LUNA"/>
         <s v="WANESSA KELLY ALMEIDA SILVA"/>
+        <s v="BRUNA DE MACEDO BREDA"/>
+        <s v="GUSTAVO ADRIÃO GOMES DA SILVA FRANCA"/>
+        <s v="ROOSEVELT OLIVEIRA DE MELO NETO"/>
         <s v="RENATA SANTANA PEGO"/>
         <s v="NYCOLE SOFIA TEIXEIRA REGO"/>
         <s v="RAFAEL MOREIRA STEINBERGER"/>
         <s v="LUCIANA CARNEIRO CASTELO BRANCO"/>
+        <s v="VINICIUS VALENTIM ALMEIDA"/>
         <s v="ANDRÉA GRIZ DE ARAUJO CAVALCANTI"/>
         <s v="GUSTAVO DE QUEIROZ ZENAIDE"/>
         <s v="MÁRCIO FERNANDO MAGALHÃES FRANCA"/>
         <s v="SILMAR LUIZ ESCARELI ZACURA "/>
         <s v="MATHEUS ARCO VERDE BARBOSA"/>
         <s v="CAMILA VEIGA CHETTO COUTINHO"/>
         <s v="MARCELLA CHOMPANIDIS GESTEIRA"/>
         <s v="ADNA LEONOR DEO VASCONCELOS"/>
-        <s v="SOFIA MEDES BEZERRA DE CARVALHO"/>
-        <s v="PAULO FERNANDES MEDEIROS JÚNIOR"/>
+        <s v="ILANNA DINIZ MARTINS"/>
         <s v="CAÍQUE CAVALCANTE MAGALHÃES"/>
         <s v="MILENA LIMA DO VALE SOUTO MAIOR"/>
+        <s v="IZABELLA ALVES DE SOUZA"/>
         <s v="RENATO LIBÓRIO DE LIMA SILVA"/>
+        <s v="LEANDRO LEITÃO NORONHA"/>
         <s v="CARLOS EDUARDO VERGETTI VIDAL"/>
         <s v="RENNAN FERNANDES DE SOUZA"/>
         <s v="KALINE MIRELLA DA SILVA GOMES"/>
+        <s v="CARLOS HENRIQUE FREITAS DOS SANTOS"/>
         <s v="IGOR COUTO VIEIRA"/>
+        <s v="VICTOR FERNANDO SANTOS DE BRITO"/>
         <s v="JÉSSICA MARIA XAVIER DE SÁ"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Causa do Último Provimento" numFmtId="0">
       <sharedItems>
         <s v="Nomeação"/>
         <s v="Remoção A"/>
         <s v="Remoção por M"/>
         <s v="Remoção por A"/>
         <s v="Remoção M"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Data do último provimento (vigência/ data da publicação da portaria)">
       <sharedItems containsDate="1" containsMixedTypes="1">
         <s v="27/03/2024"/>
         <s v="29/08/2024"/>
+        <d v="2025-03-11T00:00:00Z"/>
         <s v="24/09/2024"/>
-        <d v="2019-06-11T00:00:00Z"/>
+        <s v="29/01/2026"/>
         <s v="24/08/2024"/>
         <d v="2024-03-06T00:00:00Z"/>
         <d v="2018-12-11T00:00:00Z"/>
+        <d v="2025-11-03T00:00:00Z"/>
         <d v="2019-06-06T00:00:00Z"/>
         <d v="2023-01-05T00:00:00Z"/>
         <s v="20/02/2020"/>
         <d v="2024-08-01T00:00:00Z"/>
         <s v="18/09/2025"/>
         <d v="2005-05-31T00:00:00Z"/>
         <s v="22/10/2025"/>
         <d v="2019-05-16T00:00:00Z"/>
         <d v="2025-06-05T00:00:00Z"/>
-        <d v="2021-04-11T00:00:00Z"/>
         <s v="21/12/2023"/>
         <d v="2021-11-04T00:00:00Z"/>
         <s v="22/06/2017"/>
         <d v="2017-11-30T00:00:00Z"/>
         <s v="20/10/2022"/>
         <d v="2025-02-06T00:00:00Z"/>
         <d v="2025-05-06T00:00:00Z"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Portaria do Último Provimento" numFmtId="0">
       <sharedItems>
         <s v="693/2024"/>
         <s v="2.623/2024"/>
-        <s v="2.812/2024"/>
+        <s v="3.719/2025"/>
         <s v="2.801/2024"/>
-        <s v="2.811/2024"/>
+        <s v="3.716/2025"/>
         <s v="2.802/2024"/>
         <s v="2.792/2024"/>
-        <s v="1545/2019"/>
+        <s v="255/2026"/>
         <s v="2.805/2024"/>
         <s v="562/2024"/>
-        <s v="2.807/2024"/>
+        <s v="3.718/2025"/>
         <s v="2.809/2024"/>
         <s v="2471/2018"/>
         <s v="2.810/2024"/>
-        <s v="559/2024"/>
+        <s v="3.709/2025"/>
         <s v="2.794/2024"/>
         <s v="2.797/2024"/>
-        <s v="2.800/2024"/>
+        <s v="3.713/2025"/>
         <s v="2.808/2024"/>
         <s v="1503/2019"/>
-        <s v="2.798/2024"/>
+        <s v="3.711/2025"/>
         <s v="074/2023"/>
-        <s v="2.804/2024"/>
+        <s v="3.715/2025"/>
         <s v="560/2024"/>
-        <s v="2.799/2024"/>
+        <s v="3.706/2025"/>
         <s v="412/2020"/>
         <s v="2.369/2024"/>
         <s v="3.088/2025"/>
         <s v="2.366/2024"/>
         <s v="436/2005"/>
         <s v="3.680/2025"/>
         <s v="1297/2019"/>
         <s v="2.803/2024"/>
         <s v="1.772/2025"/>
         <s v="1298/2019"/>
-        <s v="2.979/2021"/>
+        <s v="3.705/2025"/>
         <s v="688/2024"/>
         <s v="3775/2023"/>
         <s v="2983/2021"/>
         <s v="1238/2017"/>
         <s v="3.087/2025"/>
         <s v="071/2023"/>
         <s v="2356/2017"/>
         <s v="2507/2022"/>
         <s v="3.081/2025"/>
         <s v="374/2025"/>
         <s v="3.095/2025"/>
         <s v="3777/2023"/>
         <s v="3.082/2025"/>
-        <s v="3.774/2023"/>
-[...1 lines deleted...]
-        <s v="073/2023"/>
+        <s v="3.710/2025"/>
+        <s v="258/2026"/>
+        <s v="3.704/2025"/>
         <s v="373/2025"/>
         <s v="376/2025"/>
         <s v="2.365/2024"/>
         <s v="2508/2022"/>
         <s v="3.773/2023"/>
-        <s v="2.368/2024"/>
+        <s v="3.707/2025"/>
         <s v="3.090/2025"/>
         <s v="2.364/2024"/>
         <s v="3779/2023"/>
         <s v="3.678/2025"/>
         <s v="3.085/2025"/>
         <s v="3.679/2025"/>
-        <s v="3.084/2025"/>
+        <s v="256/2026"/>
         <s v="2.362/2024"/>
         <s v="3.083/2025"/>
         <s v="3.092/2025"/>
         <s v="3.080/2025"/>
         <s v="3.086/2025"/>
         <s v="3.089/2025"/>
         <s v="2.363/2024"/>
-        <s v="3.091/2025"/>
+        <s v="257/2026"/>
         <s v="3.094/2025"/>
         <s v="1.773/2025"/>
-        <s v="2986/2021"/>
+        <s v="3.708/2025"/>
         <s v="3.682/2025"/>
-        <s v="692/2024"/>
+        <s v="3.712/2025"/>
         <s v="2506/2022"/>
         <s v="3.681/2025"/>
         <s v="3.677/2025"/>
-        <s v="695/2024"/>
+        <s v="3.717/2025"/>
         <s v="1.776/2025"/>
         <s v="1.775/2025"/>
-        <s v="1.774/2025"/>
+        <s v="3.714/2025"/>
         <s v="686/2024"/>
         <s v="2.796/2024"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Data Vacância">
       <sharedItems containsDate="1" containsMixedTypes="1">
         <d v="2024-01-02T00:00:00Z"/>
         <d v="2024-01-08T00:00:00Z"/>
-        <d v="2025-06-05T00:00:00Z"/>
+        <s v="29/01/2026"/>
         <d v="2024-03-06T00:00:00Z"/>
         <d v="2025-06-02T00:00:00Z"/>
         <s v="19/12/2024"/>
         <s v="22/10/2025"/>
         <s v="20/02/2020"/>
         <s v="21/12/2023"/>
+        <d v="2025-06-05T00:00:00Z"/>
         <d v="2017-11-30T00:00:00Z"/>
         <d v="2025-05-06T00:00:00Z"/>
         <d v="2024-08-01T00:00:00Z"/>
         <s v="18/09/2025"/>
         <d v="2025-02-06T00:00:00Z"/>
+        <s v="19/12/2025"/>
         <s v="----"/>
         <s v="17/03/2022"/>
         <s v="16/09/2021"/>
         <s v="20/10/2022"/>
         <d v="2021-04-01T00:00:00Z"/>
         <s v="21/09/2013"/>
         <d v="2014-11-05T00:00:00Z"/>
         <d v="2023-01-05T00:00:00Z"/>
         <d v="2018-11-14T00:00:00Z"/>
         <s v="29/08/2024"/>
         <d v="2022-03-03T00:00:00Z"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Portaria de vacância" numFmtId="0">
       <sharedItems>
         <s v="242/2024"/>
         <s v="2.355/2024"/>
-        <s v="1.774/2025"/>
+        <s v="257/2026"/>
         <s v="559/2024"/>
-        <s v="1.761/2025"/>
+        <s v="255/2026"/>
         <s v="367/2025"/>
         <s v="3.849/2024"/>
         <s v="3.676/2025"/>
         <s v="414/2020"/>
         <s v="3779/2023"/>
         <s v="1.775/2025"/>
         <s v="1.770/2025"/>
         <s v="2331/2017"/>
         <s v="1.772/2025"/>
         <s v="1.769/2025"/>
         <s v="2.369/2024"/>
         <s v="2.367/2024"/>
         <s v="1.776/2025"/>
         <s v="3.083/2025"/>
         <s v="1.766/2025"/>
-        <s v="3.087/2025"/>
+        <s v="258/2026"/>
         <s v="3.094/2025"/>
         <s v="1.771/2025"/>
         <s v="3.769/2023"/>
         <s v="1.759/2025"/>
         <s v="368/2025"/>
         <s v="1.763/2025"/>
-        <s v="2.363/2024"/>
+        <s v="4.533/2025"/>
         <s v="1.773/2025"/>
         <s v="----"/>
         <s v="3.089/2025"/>
         <s v="662/2022"/>
         <s v="3.088/2025"/>
         <s v="3.093/2025"/>
         <s v="2.361/2024"/>
         <s v="3.085/2025"/>
         <s v="2.389/2021"/>
         <s v="2505/2022"/>
         <s v="782/2021"/>
         <s v="1410/2013"/>
         <s v="2.360/20024"/>
         <s v="3.081/2025"/>
         <s v="1720/2014"/>
         <s v="374/2025"/>
         <s v="3.768/2023"/>
         <s v="658/2022"/>
         <s v="1.767/2025"/>
         <s v="063/2023"/>
         <s v="3.680/2025"/>
         <s v="3.080/2025"/>
         <s v="3.682/20025"/>
         <s v="1.768/2025"/>
         <s v="2283/2018"/>
         <s v="2504/2022"/>
         <s v="062/2023"/>
         <s v="659/2022"/>
         <s v="2.366/2024"/>
         <s v="373/2025"/>
         <s v="2.620/2024"/>
         <s v="060/2023"/>
         <s v="1.764/2025"/>
         <s v="3.084/2025"/>
         <s v="2.358/2024"/>
-        <s v="3.086/2025"/>
+        <s v="256/2026"/>
         <s v="3.678/2025"/>
         <s v="1.760/2025"/>
         <s v="2.356/2024"/>
         <s v="372/2025"/>
         <s v="409/2020"/>
-        <s v="2.359/2024"/>
-        <s v="2.365/2024"/>
+        <s v="253/2026"/>
+        <s v="254/2026"/>
         <s v="3.090/2025"/>
         <s v="3.679/2025"/>
         <s v="1.765/2025"/>
         <s v="3777/2023"/>
         <s v="3763/2023"/>
         <s v="3.095/2025"/>
         <s v="370/2025"/>
         <s v="Cargo nunca provido"/>
         <s v="3.091/2025"/>
         <s v="3.082/2025"/>
         <s v="375/2025"/>
         <s v="3.681/2025"/>
         <s v="369/2025"/>
         <s v="3.092/2025"/>
         <s v="3778/2023"/>
         <s v="3.677/2025"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Data da Publicação da Portaria de Vacância">
       <sharedItems containsDate="1" containsBlank="1" containsMixedTypes="1">
         <d v="2024-01-02T00:00:00Z"/>
         <d v="2024-08-01T00:00:00Z"/>
-        <d v="2025-06-05T00:00:00Z"/>
+        <s v="29/01/2026"/>
         <d v="2024-07-03T00:00:00Z"/>
         <d v="2025-06-02T00:00:00Z"/>
         <s v="19/12/2024"/>
         <s v="23/10/2025"/>
         <s v="20/02/2020"/>
         <s v="21/12/2023"/>
+        <d v="2025-06-05T00:00:00Z"/>
         <d v="2017-12-01T00:00:00Z"/>
         <d v="2025-05-06T00:00:00Z"/>
         <d v="2024-01-08T00:00:00Z"/>
         <s v="18/09/2025"/>
+        <s v="17/12/2025"/>
         <s v="-"/>
         <s v="17/03/2022"/>
         <s v="16/09/2021"/>
         <s v="20/10/2022"/>
         <d v="2021-05-04T00:00:00Z"/>
         <s v="21/09/2013"/>
         <s v="18/11/2014"/>
         <d v="2023-01-05T00:00:00Z"/>
         <s v="15/11/2018"/>
         <s v="29/08/2024"/>
         <m/>
         <d v="2025-02-06T00:00:00Z"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Promotoria Transformada" numFmtId="0">
       <sharedItems containsBlank="1">
         <m/>
         <s v="Resolução 10/2023"/>
         <s v="Res CPJ 09/2023"/>
         <s v="RES CPJ 002/2022, Vigência a partir de 03/03/2022 - DO 24/2/22"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Edital Lançado sem concorrentes" numFmtId="0">
       <sharedItems containsBlank="1">
         <m/>
         <s v="EDITAL 49/2025 REMOÇÃO"/>
         <s v="EDITAL 36/2025 REMOÇÃO"/>
+        <s v="EDITAL 26/2025 - REMOÇÃO "/>
         <s v="EDITAL - REMOÇÃO - 04/2025 - EDITAL 25/2025 REMOÇÃO"/>
         <s v="EDITAL 50/2025 REMOÇÃO"/>
         <s v="EDITAL 45/2025 REMOÇÃO"/>
         <s v="EDITAL 47/2025 REMOÇÃO"/>
+        <s v="EDITAL 44/2025 REMOÇÃO"/>
         <s v="EDITAL 51/2025 REMOÇÃO"/>
         <s v="EDITAL 55/2025 - REMOÇÃO"/>
         <s v="EDITAL 41/2025 REMOÇÃO"/>
         <s v="EDITAL 59/2025 - REMOÇÃO"/>
         <s v="EDITAL 66/2025 - REMOÇÃO"/>
         <s v="EDITAL 46/2025 REMOÇÃO"/>
         <s v="EDITAL 34/2025 REMOÇÃO"/>
         <s v="EDITAL 27/2025 REMOÇÃO"/>
         <s v="EDITAL 38/2025 REMOÇÃO"/>
         <s v="EDITAL 48/2025 REMOÇÃO"/>
         <s v="EDITAL 11/2025 REMOÇÃO"/>
         <s v="EDITAL 60/2025 - REMOÇÃO"/>
         <s v="EDITAL 65/2025 - REMOÇÃO"/>
+        <s v="EDITAL 20/2025 - REMOÇÃO "/>
         <s v="EDITAL 57/2025 - REMOÇÃO"/>
         <s v="EDITAL 53/2025 - REMOÇÃO"/>
         <s v="EDITAL 32/2025 REMOÇÃO"/>
+        <s v="EDITAL 72/2025 - REMOÇÃO"/>
         <s v="EDITAL 52/2025 - REMOÇÃO"/>
+        <s v="EDITAL 43/2025 REMOÇÃO"/>
+        <s v="EDITAL 23/2025 - REMOÇÃO "/>
         <s v="EDITAL 31/2025 REMOÇÃO"/>
+        <s v="EDITAL 39/2025 - REMOÇÃO "/>
         <s v="EDITAL 35/2025 REMOÇÃO"/>
         <s v="EDITAL 62/2025 - REMOÇÃO"/>
         <s v="EDITAL 12/2025 REMOÇÃO"/>
-        <s v="EDITAL - REMOÇÃO - 07/2025"/>
+        <s v="EDITAL - REMOÇÃO - 07/2025 - EDITAL 28/2025 - REMOÇÃO"/>
         <s v="EDITAL 08/2025 REMOÇÃO - EDITAL 33/2025 REMOÇÃO"/>
+        <s v="EDITAL 73/2025 - REMOÇÃO"/>
         <s v="EDITAL 64/2025 - REMOÇÃO"/>
+        <s v="EDITAL 69/2025 - REMOÇÃO"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Último Membro no Cargo" numFmtId="0">
       <sharedItems containsBlank="1">
         <s v="OTÁVIO MACHADO DE ALENCAR"/>
         <s v="NARA THAMYRES BRITO GUIMARÃES ALENCAR"/>
-        <s v="MARCELLA CHOMPANIDIS GESTEIRA"/>
+        <s v="ILANNA DINIZ MARTINS"/>
         <s v="JULIANA FALCÃO DE MESQUITA ABREU MARTINEZ"/>
-        <s v="MARCIO JOSÉ DA SILVA FREITAS"/>
+        <s v="ROANE MELO BEZERRA"/>
         <s v="HELLEN CRISTINA PEREIRA PAINELLI"/>
         <s v="DEIVISSON MANOEL DE LIMA"/>
         <s v="GUILHERME GOULART SOARES"/>
         <s v="JOÃO VICTOR DA GRAÇA CAMPOS SILVA"/>
         <s v="CLARISSA DANTAS BASTOS"/>
         <s v="IGOR COUTO VIEIRA"/>
         <s v="DENIS RENATO DOS SANTOS CRUZ"/>
         <s v="CARLAN CARLO DA SILVA"/>
         <s v="RENATO LIBÓRIO DE LIMA SILVA"/>
         <s v="THIAGO BARBOSA BERNARDO"/>
         <s v="MÁRCIO FERNANDO MAGALHÃES FRANCA"/>
         <s v="RENNAN FERNANDES DE SOUZA"/>
         <s v="CAMILA VEIGA CHETTO COUTINHO"/>
         <s v="MARCUS BRENER GUALBERTO DE ARAGÃO"/>
-        <s v="ALEXANDRE GUILHERME PINO DA SILVA FILHO"/>
+        <s v="GUSTAVO ADRIÃO GOMES DA SILVA FRANCA"/>
         <s v="CAÍQUE CAVALCANTE MAGALHÃES"/>
         <s v="PAULO FERNANDES MEDEIROS JÚNIOR"/>
         <s v="RAUL LINS BASTOS SALES"/>
         <s v="MAURÍCIO SCHIBUOLA DE CARVALHO"/>
         <s v="JEFSON MARCIO SILVA ROMANIUC"/>
-        <s v="ANDRÉA GRIZ DE ARAUJO CAVALCANTI"/>
+        <s v="PEDRO FELIPE CARDOSO MOTA FONTES"/>
         <s v="MILENA LIMA DO VALE SOUTO MAIOR"/>
         <s v="----"/>
         <s v="PATRICIA FERREIRA WANDERLEY DE SIQUEIRA GOULDING"/>
-        <s v="PEDRO FELIPE CARDOSO MOTA FONTES"/>
         <s v="KAMILA RENATA BEZERRA GUERRA"/>
         <s v="SILMAR LUIZ ESCARELI ZACURA "/>
         <s v="CARLOS HENRIQUE TAVARES ALMEIDA"/>
         <s v="MARIANA CANDIDO SILVA"/>
         <s v="ANA CRISTINA BARBOSA TAFFAREL"/>
         <s v="ANA PAULA SANTOS MARQUES"/>
         <s v="ANTONIO ROLEMBERG FEITOSA JUNIOR"/>
         <s v="SANDRA RODRIGUES CAMPOS"/>
         <s v="ANA PAULA DOS SANTOS MARQUES"/>
         <s v="OLAVO DA SILVA LEAL"/>
         <s v="THEMES JACIARA MERGULHÃO DA COSTA"/>
         <s v="SARAH LEMOS SILVA"/>
         <s v="HUGO EUGÊNIO FERREIRA GOUVEIA"/>
         <s v="VINICIUS COSTA E SILVA"/>
         <s v="MARCELA REGINA NAVARRO TOLEDO"/>
         <s v="ADNA LEONOR DEO VASCONCELOS"/>
         <s v="LUIZ EDUARDO BRAGA LACERDA"/>
         <s v="THINNEKE HERNALSTEENS"/>
         <s v="RENATA DE LIMA LANDIM"/>
         <s v="DANIEL GUSTAVO MENEGUZ MORENO"/>
         <s v="JOÃO PAULO CARVALHO DOS SANTOS"/>
         <s v="MILENA LIMA DO VALE  SOUTO MAIOR"/>
         <s v="RENATA SANTANA PEGO"/>
         <s v="GUSTAVO HENRIQUE HOLANDA DIAS KERSHAW"/>
         <s v="FABIANA MACHADO RAIMUNDO DE LIMA"/>
         <s v="TAYJANE CABRAL DE ALMEIDA"/>
-        <s v="SOFIA MEDES BEZERRA DE CARVALHO"/>
+        <s v="MATHEUS ARCO VERDE BARBOSA"/>
         <s v="BRUNO SANTACATHARINA CARVALHO DE LIMA"/>
         <s v="RHYZEANE ALAIDE CAVALCANTI DE MORAIS"/>
         <s v="PATRICIA FERREIRA WANDERLEY DE SIQUEIRA GOLDING"/>
         <s v="ARIANO TÉRCIO SILVA DE AGUIAR&#10;"/>
-        <s v="ANDREIA APARECIDA MOURA DE COUTO"/>
-[...1 lines deleted...]
-        <s v="MATHEUS ARCO VERDE BARBOSA"/>
+        <s v="SOFIA MEDES BEZERRA DE CARVALHO"/>
+        <s v="ANDRÉA GRIZ DE ARAUJO CAVALCANTI"/>
         <s v="DIOGO GOMES VITAL"/>
         <s v="WANESSA KELLY ALMEIDA SILVA"/>
         <s v="SORAYA CRISTINA DOS SANTOS DUTRA DE MACEDO"/>
         <s v="ERYNE AVILA DOS ANJOS LUNA"/>
         <s v="HIGOR ALEXANDRE ALVES DE ARAÚJO"/>
         <m/>
         <s v="ANDRÉ JACINTO DE ALMEIDA NETO"/>
+        <s v="MARCELLA CHOMPANIDIS GESTEIRA"/>
         <s v="GABRIELA TAVARES ALMEIDA"/>
         <s v="KALINE MIRELLA DA SILVA GOMES"/>
       </sharedItems>
     </cacheField>
   </cacheFields>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivot Table 4" cacheId="0" dataCaption="" compact="0" compactData="0">
   <location ref="A1:C4" firstHeaderRow="0" firstDataRow="1" firstDataCol="1"/>
   <pivotFields>
     <pivotField name="nº" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
@@ -2764,89 +2884,103 @@
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
         <item x="31"/>
         <item x="32"/>
         <item x="33"/>
         <item x="34"/>
         <item x="35"/>
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Causa do Último Provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data do último provimento (vigência/ data da publicação da portaria)" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
+        <item x="24"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Portaria do Último Provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -2925,50 +3059,52 @@
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Portaria de vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -3047,95 +3183,106 @@
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Promotoria Transformada" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Edital Lançado sem concorrentes" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Último Membro no Cargo" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -3169,51 +3316,50 @@
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
-        <item x="72"/>
         <item t="default"/>
       </items>
     </pivotField>
   </pivotFields>
   <rowFields>
     <field x="1"/>
   </rowFields>
   <colFields>
     <field x="2"/>
   </colFields>
   <dataFields>
     <dataField name="COUNTA of Instância" fld="1" subtotal="count" baseField="0"/>
   </dataFields>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/pivotTables/pivotTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Totalizadores" cacheId="0" dataCaption="" compact="0" compactData="0">
   <location ref="A1:B15" firstHeaderRow="0" firstDataRow="1" firstDataCol="0"/>
   <pivotFields>
     <pivotField name="nº" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
@@ -3503,89 +3649,103 @@
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
         <item x="31"/>
         <item x="32"/>
         <item x="33"/>
         <item x="34"/>
         <item x="35"/>
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Causa do Último Provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Data do último provimento (vigência/ data da publicação da portaria)" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
+        <item x="24"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Portaria do Último Provimento" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -3664,50 +3824,52 @@
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Portaria de vacância" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -3786,95 +3948,106 @@
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Promotoria Transformada" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Edital Lançado sem concorrentes" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
         <item x="28"/>
         <item x="29"/>
         <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField name="Último Membro no Cargo" compact="0" outline="0" multipleItemSelectionAllowed="1" showAll="0">
       <items>
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
@@ -3908,51 +4081,50 @@
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
-        <item x="72"/>
         <item t="default"/>
       </items>
     </pivotField>
   </pivotFields>
   <rowFields>
     <field x="8"/>
   </rowFields>
   <dataFields>
     <dataField name="COUNTA of Promotor de Justiça" fld="9" subtotal="count" baseField="0"/>
   </dataFields>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
@@ -4365,4761 +4537,4779 @@
       </c>
       <c r="D4" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="7">
         <v>1.0</v>
       </c>
       <c r="J4" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K4" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="L4" s="10" t="s">
+      <c r="L4" s="12">
+        <v>45727.0</v>
+      </c>
+      <c r="M4" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="M4" s="10" t="s">
+      <c r="N4" s="10" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>45813.0</v>
       </c>
       <c r="O4" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="P4" s="13">
-        <v>45813.0</v>
+      <c r="P4" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="Q4" s="14"/>
       <c r="R4" s="15" t="s">
         <v>42</v>
       </c>
       <c r="S4" s="10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="16">
         <v>4.0</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="7">
         <v>1.0</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>45</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M5" s="10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N5" s="13">
         <v>45357.0</v>
       </c>
       <c r="O5" s="10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" s="12">
         <v>45476.0</v>
       </c>
       <c r="Q5" s="14"/>
       <c r="R5" s="9"/>
       <c r="S5" s="10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="16">
         <v>5.0</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E6" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F6" s="8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H6" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I6" s="7">
         <v>1.0</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="L6" s="10" t="s">
-        <v>39</v>
+      <c r="L6" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M6" s="10" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45813.0</v>
+        <v>55</v>
+      </c>
+      <c r="N6" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="O6" s="10" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>45813.0</v>
+        <v>56</v>
+      </c>
+      <c r="P6" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="Q6" s="14"/>
       <c r="R6" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="S6" s="10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="16">
         <v>6.0</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E7" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F7" s="8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I7" s="7">
         <v>1.0</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M7" s="10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N7" s="12">
         <v>45810.0</v>
       </c>
       <c r="O7" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" s="12">
         <v>45810.0</v>
       </c>
       <c r="Q7" s="14"/>
-      <c r="R7" s="9"/>
+      <c r="R7" s="9" t="s">
+        <v>62</v>
+      </c>
       <c r="S7" s="10" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="16">
         <v>7.0</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="7">
         <v>1.0</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K8" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M8" s="10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="N8" s="10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O8" s="10" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="P8" s="10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="Q8" s="14"/>
       <c r="R8" s="9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="S8" s="10" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="16">
         <v>8.0</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="7">
         <v>1.0</v>
       </c>
       <c r="J9" s="10" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>58</v>
+      </c>
+      <c r="K9" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="L9" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M9" s="10" t="s">
+        <v>56</v>
       </c>
       <c r="N9" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O9" s="10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" s="10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q9" s="7"/>
       <c r="R9" s="14"/>
       <c r="S9" s="10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="16">
         <v>9.0</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="7">
         <v>1.0</v>
       </c>
       <c r="J10" s="10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="10" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="M10" s="18" t="s">
         <v>77</v>
       </c>
-      <c r="N10" s="19" t="s">
+      <c r="M10" s="17" t="s">
         <v>78</v>
       </c>
+      <c r="N10" s="18" t="s">
+        <v>79</v>
+      </c>
       <c r="O10" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" s="10" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="Q10" s="7"/>
       <c r="R10" s="9"/>
       <c r="S10" s="11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="16">
         <v>10.0</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="7">
         <v>2.0</v>
       </c>
       <c r="J11" s="10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K11" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L11" s="13">
         <v>45357.0</v>
       </c>
       <c r="M11" s="10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N11" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O11" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" s="10" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="Q11" s="14"/>
       <c r="R11" s="14"/>
-      <c r="S11" s="20" t="s">
-        <v>87</v>
+      <c r="S11" s="19" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="16">
         <v>11.0</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F12" s="21" t="s">
         <v>90</v>
       </c>
+      <c r="F12" s="20" t="s">
+        <v>91</v>
+      </c>
       <c r="G12" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="7">
         <v>2.0</v>
       </c>
       <c r="J12" s="10" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="K12" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="L12" s="10" t="s">
-[...3 lines deleted...]
-        <v>92</v>
+      <c r="L12" s="12">
+        <v>45727.0</v>
+      </c>
+      <c r="M12" s="17" t="s">
+        <v>94</v>
       </c>
       <c r="N12" s="13">
         <v>45813.0</v>
       </c>
       <c r="O12" s="10" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="P12" s="13">
         <v>45813.0</v>
       </c>
       <c r="Q12" s="14"/>
       <c r="R12" s="15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="S12" s="10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="16">
         <v>12.0</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>98</v>
+      </c>
+      <c r="F13" s="20" t="s">
+        <v>99</v>
       </c>
       <c r="G13" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H13" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="7">
         <v>2.0</v>
       </c>
       <c r="J13" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K13" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M13" s="10" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="N13" s="13">
         <v>45813.0</v>
       </c>
       <c r="O13" s="10" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="P13" s="13">
         <v>45813.0</v>
       </c>
       <c r="Q13" s="14"/>
       <c r="R13" s="15" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>102</v>
+      </c>
+      <c r="S13" s="21" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="16">
         <v>13.0</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="7" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H14" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="7">
         <v>2.0</v>
       </c>
       <c r="J14" s="11" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="K14" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="L14" s="17">
+      <c r="L14" s="22">
         <v>43445.0</v>
       </c>
       <c r="M14" s="11" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="N14" s="17">
+        <v>107</v>
+      </c>
+      <c r="N14" s="22">
         <v>43069.0</v>
       </c>
       <c r="O14" s="23" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="P14" s="13">
         <v>43070.0</v>
       </c>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="11" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="16">
         <v>14.0</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="7">
         <v>2.0</v>
       </c>
       <c r="J15" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M15" s="10" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N15" s="13">
         <v>45813.0</v>
       </c>
       <c r="O15" s="10" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P15" s="12">
         <v>45813.0</v>
       </c>
       <c r="Q15" s="14"/>
       <c r="R15" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="S15" s="10" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
         <v>15.0</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="7">
         <v>2.0</v>
       </c>
       <c r="J16" s="10" t="s">
-        <v>38</v>
+        <v>117</v>
       </c>
       <c r="K16" s="10" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="L16" s="13">
-        <v>45357.0</v>
+        <v>45964.0</v>
       </c>
       <c r="M16" s="10" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="N16" s="12">
         <v>45783.0</v>
       </c>
       <c r="O16" s="10" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="P16" s="12">
         <v>45783.0</v>
       </c>
       <c r="Q16" s="7"/>
-      <c r="R16" s="9"/>
+      <c r="R16" s="9" t="s">
+        <v>120</v>
+      </c>
       <c r="S16" s="10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="16">
         <v>16.0</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="7">
         <v>3.0</v>
       </c>
       <c r="J17" s="10" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="K17" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M17" s="10" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="N17" s="13">
         <v>45505.0</v>
       </c>
       <c r="O17" s="10" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="P17" s="12">
         <v>45299.0</v>
       </c>
       <c r="Q17" s="7"/>
       <c r="R17" s="14"/>
       <c r="S17" s="10" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="16">
         <v>17.0</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="7">
         <v>3.0</v>
       </c>
       <c r="J18" s="10" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="K18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M18" s="10" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="N18" s="13">
         <v>45505.0</v>
       </c>
       <c r="O18" s="10" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="P18" s="12">
         <v>45299.0</v>
       </c>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="11" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="16">
         <v>18.0</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="7">
         <v>3.0</v>
       </c>
       <c r="J19" s="10" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="K19" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="L19" s="10" t="s">
-        <v>39</v>
+      <c r="L19" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M19" s="10" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="N19" s="12">
         <v>45783.0</v>
       </c>
       <c r="O19" s="10" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="P19" s="12">
         <v>45783.0</v>
       </c>
       <c r="Q19" s="7"/>
       <c r="R19" s="15" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="S19" s="10" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="16">
         <v>19.0</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="7">
         <v>3.0</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K20" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M20" s="10" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="N20" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O20" s="10" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="P20" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q20" s="14"/>
       <c r="R20" s="9" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="S20" s="10" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="16">
         <v>20.0</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="7">
         <v>4.0</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K21" s="11" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="L21" s="17">
+        <v>144</v>
+      </c>
+      <c r="L21" s="22">
         <v>43622.0</v>
       </c>
       <c r="M21" s="11" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="N21" s="13">
         <v>45813.0</v>
       </c>
       <c r="O21" s="10" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="P21" s="12">
         <v>45783.0</v>
       </c>
       <c r="Q21" s="14"/>
       <c r="R21" s="9" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="S21" s="10" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="16">
         <v>21.0</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>98</v>
+      </c>
+      <c r="F22" s="20" t="s">
+        <v>150</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="H22" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="7">
         <v>4.0</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K22" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="L22" s="10" t="s">
-        <v>39</v>
+      <c r="L22" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M22" s="10" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="N22" s="10" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="O22" s="10" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="P22" s="10" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="Q22" s="12" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="R22" s="9" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="S22" s="10" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="16">
         <v>22.0</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="7">
         <v>4.0</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K23" s="11" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="L23" s="17">
+        <v>144</v>
+      </c>
+      <c r="L23" s="22">
         <v>44931.0</v>
       </c>
       <c r="M23" s="11" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="N23" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O23" s="10" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="P23" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q23" s="7"/>
       <c r="R23" s="9" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="S23" s="10" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="16">
         <v>23.0</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="7">
         <v>4.0</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>38</v>
+        <v>163</v>
       </c>
       <c r="K24" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="L24" s="10" t="s">
-        <v>39</v>
+      <c r="L24" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M24" s="10" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="N24" s="13">
         <v>45813.0</v>
       </c>
       <c r="O24" s="10" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="P24" s="13">
         <v>45813.0</v>
       </c>
       <c r="Q24" s="7"/>
       <c r="R24" s="15" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="S24" s="10" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="16">
         <v>24.0</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I25" s="7">
         <v>4.0</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="K25" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L25" s="13">
         <v>45357.0</v>
       </c>
-      <c r="M25" s="22" t="s">
-        <v>163</v>
+      <c r="M25" s="21" t="s">
+        <v>170</v>
       </c>
       <c r="N25" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O25" s="10" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="P25" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q25" s="14"/>
       <c r="R25" s="14"/>
       <c r="S25" s="10" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="16">
         <v>25.0</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>90</v>
+      </c>
+      <c r="F26" s="20" t="s">
+        <v>173</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="H26" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="7">
         <v>4.0</v>
       </c>
       <c r="J26" s="10" t="s">
-        <v>38</v>
+        <v>174</v>
       </c>
       <c r="K26" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="L26" s="10" t="s">
-        <v>39</v>
+      <c r="L26" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M26" s="10" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="N26" s="12">
         <v>45783.0</v>
       </c>
       <c r="O26" s="10" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="P26" s="12">
         <v>45783.0</v>
       </c>
       <c r="Q26" s="12" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="R26" s="15" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="S26" s="10" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="16">
         <v>26.0</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="7">
         <v>4.0</v>
       </c>
       <c r="J27" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K27" s="11" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>84</v>
+      </c>
+      <c r="L27" s="22" t="s">
+        <v>79</v>
       </c>
       <c r="M27" s="11" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="N27" s="13">
         <v>45694.0</v>
       </c>
       <c r="O27" s="10" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="P27" s="12">
         <v>45810.0</v>
       </c>
       <c r="Q27" s="14"/>
       <c r="R27" s="9" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="S27" s="10" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="16">
         <v>27.0</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G28" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="7">
         <v>4.0</v>
       </c>
       <c r="J28" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K28" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L28" s="13">
         <v>45505.0</v>
       </c>
       <c r="M28" s="10" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="N28" s="13">
         <v>45813.0</v>
       </c>
       <c r="O28" s="10" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="P28" s="12">
         <v>45783.0</v>
       </c>
       <c r="Q28" s="7"/>
       <c r="R28" s="9" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="S28" s="10" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="16">
         <v>28.0</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H29" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="7">
         <v>5.0</v>
       </c>
       <c r="J29" s="10" t="s">
-        <v>181</v>
+        <v>38</v>
       </c>
       <c r="K29" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L29" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M29" s="10" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>45299.0</v>
+        <v>189</v>
+      </c>
+      <c r="N29" s="10" t="s">
+        <v>190</v>
       </c>
       <c r="O29" s="10" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>45299.0</v>
+        <v>191</v>
+      </c>
+      <c r="P29" s="10" t="s">
+        <v>192</v>
       </c>
       <c r="Q29" s="7"/>
       <c r="R29" s="24"/>
       <c r="S29" s="10" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="16">
         <v>29.0</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="7" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="H30" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="7">
         <v>5.0</v>
       </c>
       <c r="J30" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K30" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L30" s="13">
         <v>45505.0</v>
       </c>
       <c r="M30" s="10" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="N30" s="13">
         <v>45813.0</v>
       </c>
       <c r="O30" s="10" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="P30" s="13">
         <v>45813.0</v>
       </c>
       <c r="Q30" s="14"/>
       <c r="R30" s="9" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="S30" s="10" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="16">
         <v>30.0</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="7">
         <v>5.0</v>
       </c>
       <c r="J31" s="25" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="K31" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="L31" s="17">
+      <c r="L31" s="22">
         <v>38503.0</v>
       </c>
       <c r="M31" s="11" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>202</v>
+      </c>
+      <c r="N31" s="22" t="s">
+        <v>203</v>
       </c>
       <c r="O31" s="23" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="P31" s="10" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="Q31" s="14"/>
       <c r="R31" s="14"/>
       <c r="S31" s="23" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="16">
         <v>31.0</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H32" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="7">
         <v>5.0</v>
       </c>
       <c r="J32" s="10" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="K32" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M32" s="10" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="N32" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O32" s="10" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="P32" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q32" s="14"/>
       <c r="R32" s="14"/>
       <c r="S32" s="10" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="16">
         <v>32.0</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="7" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H33" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="7">
         <v>5.0</v>
       </c>
       <c r="J33" s="11" t="s">
         <v>38</v>
       </c>
       <c r="K33" s="11" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="L33" s="17">
+        <v>84</v>
+      </c>
+      <c r="L33" s="22">
         <v>43601.0</v>
       </c>
       <c r="M33" s="11" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="N33" s="11" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="O33" s="11" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="P33" s="10" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="Q33" s="14"/>
       <c r="R33" s="9" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="S33" s="10" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="16">
         <v>33.0</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="8" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I34" s="7">
         <v>5.0</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M34" s="10" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="N34" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O34" s="10" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="P34" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q34" s="14"/>
       <c r="R34" s="9" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="S34" s="10" t="s">
-        <v>181</v>
+        <v>193</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="16">
         <v>34.0</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I35" s="7">
         <v>5.0</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K35" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L35" s="13">
         <v>45813.0</v>
       </c>
       <c r="M35" s="10" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="N35" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O35" s="10" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="P35" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q35" s="7"/>
       <c r="R35" s="9" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="S35" s="10" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="16">
         <v>35.0</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H36" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I36" s="7">
         <v>5.0</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K36" s="11" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="L36" s="17">
+        <v>144</v>
+      </c>
+      <c r="L36" s="22">
         <v>43601.0</v>
       </c>
       <c r="M36" s="11" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="N36" s="13">
         <v>45505.0</v>
       </c>
       <c r="O36" s="10" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="P36" s="13">
         <v>45505.0</v>
       </c>
       <c r="Q36" s="14"/>
-      <c r="R36" s="14"/>
+      <c r="R36" s="9" t="s">
+        <v>225</v>
+      </c>
       <c r="S36" s="10" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="16">
         <v>36.0</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H37" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="7">
         <v>5.0</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>228</v>
+      </c>
+      <c r="K37" s="10" t="s">
+        <v>25</v>
       </c>
       <c r="L37" s="12">
-        <v>44297.0</v>
+        <v>45727.0</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="N37" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O37" s="10" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="P37" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q37" s="7"/>
       <c r="R37" s="9" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="S37" s="10" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="16">
         <v>37.0</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H38" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="7">
         <v>5.0</v>
       </c>
       <c r="J38" s="10" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="K38" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="10" t="s">
         <v>26</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="N38" s="10" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="O38" s="10" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="P38" s="10" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="Q38" s="14" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="R38" s="14"/>
       <c r="S38" s="10" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="16">
         <v>38.0</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I39" s="7">
         <v>5.0</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="K39" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L39" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M39" s="10" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="N39" s="11" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="O39" s="11" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="P39" s="10" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="Q39" s="7"/>
       <c r="R39" s="14"/>
       <c r="S39" s="11" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="16">
         <v>39.0</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H40" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I40" s="7">
         <v>5.0</v>
       </c>
       <c r="J40" s="11" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="K40" s="11" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="L40" s="17">
+        <v>84</v>
+      </c>
+      <c r="L40" s="22">
         <v>44504.0</v>
       </c>
       <c r="M40" s="10" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="N40" s="13">
         <v>44287.0</v>
       </c>
       <c r="O40" s="11" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="P40" s="12">
         <v>44320.0</v>
       </c>
       <c r="Q40" s="14"/>
       <c r="R40" s="14"/>
       <c r="S40" s="10" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="26">
         <v>40.0</v>
       </c>
       <c r="B41" s="27" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="27" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="27" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="E41" s="27" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="28" t="s">
         <v>21</v>
       </c>
       <c r="G41" s="27" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H41" s="27" t="s">
         <v>23</v>
       </c>
       <c r="I41" s="27">
         <v>6.0</v>
       </c>
       <c r="J41" s="29" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="K41" s="29" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L41" s="30" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="M41" s="29" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="N41" s="31" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="O41" s="31" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="P41" s="31" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="Q41" s="32"/>
       <c r="R41" s="32"/>
       <c r="S41" s="29" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="16">
         <v>41.0</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="7">
         <v>6.0</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="K42" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L42" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M42" s="10" t="s">
-        <v>147</v>
+        <v>262</v>
       </c>
       <c r="N42" s="13">
         <v>45505.0</v>
       </c>
       <c r="O42" s="10" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="P42" s="13">
         <v>45505.0</v>
       </c>
       <c r="Q42" s="14"/>
       <c r="R42" s="14"/>
       <c r="S42" s="10" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="16">
         <v>42.0</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I43" s="7">
         <v>6.0</v>
       </c>
       <c r="J43" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K43" s="11" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="L43" s="17">
+        <v>144</v>
+      </c>
+      <c r="L43" s="22">
         <v>44931.0</v>
       </c>
       <c r="M43" s="11" t="s">
-        <v>253</v>
+        <v>266</v>
       </c>
       <c r="N43" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O43" s="10" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="P43" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q43" s="14"/>
       <c r="R43" s="9" t="s">
-        <v>255</v>
+        <v>268</v>
       </c>
       <c r="S43" s="10" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="16">
         <v>43.0</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F44" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G44" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H44" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="7">
         <v>6.0</v>
       </c>
       <c r="J44" s="11" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="K44" s="11" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="L44" s="17">
+        <v>144</v>
+      </c>
+      <c r="L44" s="22">
         <v>43069.0</v>
       </c>
       <c r="M44" s="11" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="N44" s="13">
         <v>41948.0</v>
       </c>
       <c r="O44" s="10" t="s">
-        <v>260</v>
+        <v>273</v>
       </c>
       <c r="P44" s="10" t="s">
-        <v>261</v>
+        <v>274</v>
       </c>
       <c r="Q44" s="14"/>
       <c r="R44" s="14"/>
       <c r="S44" s="11" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="16">
         <v>44.0</v>
       </c>
       <c r="B45" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H45" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="7">
         <v>6.0</v>
       </c>
       <c r="J45" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K45" s="11" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>144</v>
+      </c>
+      <c r="L45" s="22" t="s">
+        <v>245</v>
       </c>
       <c r="M45" s="11" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="N45" s="12">
         <v>45810.0</v>
       </c>
       <c r="O45" s="10" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="P45" s="12">
         <v>45810.0</v>
       </c>
       <c r="Q45" s="14"/>
       <c r="R45" s="9" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="S45" s="10" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="16">
         <v>45.0</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C46" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F46" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H46" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="7">
         <v>6.0</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>256</v>
+        <v>269</v>
       </c>
       <c r="K46" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L46" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="N46" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O46" s="10" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="P46" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q46" s="14"/>
       <c r="R46" s="14"/>
       <c r="S46" s="10" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="16">
         <v>46.0</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F47" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I47" s="7">
         <v>6.0</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="K47" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L47" s="13">
         <v>45694.0</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="N47" s="11" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="O47" s="11" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
       <c r="P47" s="10" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="Q47" s="14"/>
       <c r="R47" s="14"/>
       <c r="S47" s="11" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="16">
         <v>47.0</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H48" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I48" s="7">
         <v>6.0</v>
       </c>
       <c r="J48" s="10" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="K48" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L48" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M48" s="10" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="N48" s="13">
         <v>45813.0</v>
       </c>
       <c r="O48" s="10" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="P48" s="13">
         <v>45813.0</v>
       </c>
       <c r="Q48" s="14"/>
       <c r="R48" s="14"/>
       <c r="S48" s="10" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="16">
         <v>48.0</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I49" s="7">
         <v>6.0</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="K49" s="10" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M49" s="10" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="N49" s="17">
+        <v>295</v>
+      </c>
+      <c r="N49" s="22">
         <v>44931.0</v>
       </c>
       <c r="O49" s="23" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="P49" s="17">
+        <v>296</v>
+      </c>
+      <c r="P49" s="22">
         <v>44931.0</v>
       </c>
       <c r="Q49" s="14"/>
       <c r="R49" s="7"/>
       <c r="S49" s="11" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="16">
         <v>49.0</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F50" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I50" s="7">
         <v>7.0</v>
       </c>
       <c r="J50" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K50" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L50" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M50" s="10" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="N50" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O50" s="10" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="P50" s="10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q50" s="14"/>
-      <c r="R50" s="14"/>
-[...1 lines deleted...]
-        <v>197</v>
+      <c r="R50" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="S50" s="21" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="16">
         <v>50.0</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>287</v>
+        <v>301</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F51" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="7">
         <v>7.0</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>38</v>
+        <v>302</v>
       </c>
       <c r="K51" s="10" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>25</v>
+      </c>
+      <c r="L51" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M51" s="10" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="N51" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O51" s="10" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="P51" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q51" s="14"/>
       <c r="R51" s="9" t="s">
-        <v>290</v>
+        <v>305</v>
       </c>
       <c r="S51" s="10" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="16">
         <v>51.0</v>
       </c>
       <c r="B52" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>292</v>
+        <v>307</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F52" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H52" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I52" s="7">
         <v>7.0</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>38</v>
+        <v>156</v>
       </c>
       <c r="K52" s="10" t="s">
-        <v>281</v>
+        <v>32</v>
       </c>
       <c r="L52" s="10" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="M52" s="10" t="s">
-        <v>211</v>
+        <v>153</v>
       </c>
       <c r="N52" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O52" s="10" t="s">
-        <v>293</v>
+        <v>308</v>
       </c>
       <c r="P52" s="10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q52" s="14"/>
       <c r="R52" s="14"/>
       <c r="S52" s="10" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="16">
         <v>52.0</v>
       </c>
       <c r="B53" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C53" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F53" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H53" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I53" s="7">
         <v>8.0</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>295</v>
+        <v>310</v>
+      </c>
+      <c r="K53" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="L53" s="13">
+        <v>45964.0</v>
+      </c>
+      <c r="M53" s="10" t="s">
+        <v>311</v>
       </c>
       <c r="N53" s="12">
         <v>45813.0</v>
       </c>
       <c r="O53" s="10" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="P53" s="12">
         <v>45813.0</v>
       </c>
       <c r="Q53" s="14"/>
-      <c r="R53" s="14"/>
+      <c r="R53" s="9" t="s">
+        <v>313</v>
+      </c>
       <c r="S53" s="10" t="s">
-        <v>297</v>
+        <v>314</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="16">
         <v>53.0</v>
       </c>
       <c r="B54" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>298</v>
+        <v>315</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F54" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G54" s="7" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H54" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I54" s="7">
         <v>8.0</v>
       </c>
       <c r="J54" s="10" t="s">
-        <v>299</v>
+        <v>316</v>
       </c>
       <c r="K54" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L54" s="13">
         <v>45694.0</v>
       </c>
       <c r="M54" s="10" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="N54" s="17">
+        <v>317</v>
+      </c>
+      <c r="N54" s="22">
         <v>43418.0</v>
       </c>
       <c r="O54" s="23" t="s">
-        <v>301</v>
+        <v>318</v>
       </c>
       <c r="P54" s="13" t="s">
-        <v>302</v>
+        <v>319</v>
       </c>
       <c r="Q54" s="14"/>
       <c r="R54" s="14"/>
       <c r="S54" s="11" t="s">
-        <v>303</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="16">
         <v>54.0</v>
       </c>
       <c r="B55" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>304</v>
+        <v>321</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F55" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I55" s="7">
         <v>8.0</v>
       </c>
       <c r="J55" s="10" t="s">
-        <v>305</v>
+        <v>322</v>
       </c>
       <c r="K55" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L55" s="13">
         <v>45694.0</v>
       </c>
       <c r="M55" s="10" t="s">
-        <v>306</v>
+        <v>323</v>
       </c>
       <c r="N55" s="11" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="O55" s="11" t="s">
-        <v>307</v>
+        <v>324</v>
       </c>
       <c r="P55" s="10" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="Q55" s="14"/>
       <c r="R55" s="14"/>
       <c r="S55" s="11" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="16">
         <v>55.0</v>
       </c>
       <c r="B56" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>309</v>
+        <v>326</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G56" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H56" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I56" s="7">
         <v>8.0</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>310</v>
+        <v>327</v>
       </c>
       <c r="K56" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L56" s="13">
         <v>45505.0</v>
       </c>
       <c r="M56" s="10" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="N56" s="17">
+        <v>328</v>
+      </c>
+      <c r="N56" s="22">
         <v>44931.0</v>
       </c>
       <c r="O56" s="23" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="P56" s="17">
+        <v>329</v>
+      </c>
+      <c r="P56" s="22">
         <v>44931.0</v>
       </c>
       <c r="Q56" s="14"/>
       <c r="R56" s="14"/>
       <c r="S56" s="11" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="16">
         <v>56.0</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>314</v>
+        <v>331</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H57" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I57" s="7">
         <v>8.0</v>
       </c>
       <c r="J57" s="11" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="K57" s="11" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>84</v>
+      </c>
+      <c r="L57" s="22" t="s">
+        <v>245</v>
       </c>
       <c r="M57" s="11" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="N57" s="11" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="O57" s="11" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="P57" s="10" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="Q57" s="14"/>
       <c r="R57" s="14"/>
       <c r="S57" s="11" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="16">
         <v>57.0</v>
       </c>
       <c r="B58" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C58" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G58" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H58" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I58" s="7">
         <v>8.0</v>
       </c>
       <c r="J58" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K58" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M58" s="10" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="N58" s="13">
         <v>45505.0</v>
       </c>
       <c r="O58" s="10" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="P58" s="13">
         <v>45505.0</v>
       </c>
       <c r="Q58" s="7"/>
-      <c r="R58" s="14"/>
+      <c r="R58" s="9" t="s">
+        <v>338</v>
+      </c>
       <c r="S58" s="10" t="s">
-        <v>321</v>
+        <v>339</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="16">
         <v>58.0</v>
       </c>
       <c r="B59" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>322</v>
+        <v>340</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I59" s="7">
         <v>8.0</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>38</v>
+        <v>341</v>
       </c>
       <c r="K59" s="10" t="s">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="L59" s="13">
-        <v>45505.0</v>
+        <v>45964.0</v>
       </c>
       <c r="M59" s="10" t="s">
-        <v>323</v>
+        <v>342</v>
       </c>
       <c r="N59" s="12">
         <v>45810.0</v>
       </c>
       <c r="O59" s="10" t="s">
-        <v>300</v>
+        <v>317</v>
       </c>
       <c r="P59" s="12">
         <v>45810.0</v>
       </c>
       <c r="Q59" s="7"/>
       <c r="R59" s="9" t="s">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="S59" s="10" t="s">
-        <v>299</v>
+        <v>316</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="16">
         <v>59.0</v>
       </c>
       <c r="B60" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>325</v>
+        <v>344</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F60" s="8" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>327</v>
+        <v>346</v>
       </c>
       <c r="H60" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I60" s="7">
         <v>9.0</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>184</v>
+        <v>347</v>
       </c>
       <c r="K60" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L60" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M60" s="10" t="s">
-        <v>328</v>
+        <v>348</v>
       </c>
       <c r="N60" s="10" t="s">
         <v>33</v>
       </c>
       <c r="O60" s="10" t="s">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="P60" s="10" t="s">
         <v>33</v>
       </c>
       <c r="Q60" s="14"/>
       <c r="R60" s="14"/>
       <c r="S60" s="10" t="s">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="16">
         <v>60.0</v>
       </c>
       <c r="B61" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C61" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>325</v>
+        <v>344</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F61" s="8" t="s">
-        <v>331</v>
+        <v>351</v>
       </c>
       <c r="G61" s="7" t="s">
-        <v>327</v>
+        <v>346</v>
       </c>
       <c r="H61" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I61" s="7">
         <v>9.0</v>
       </c>
       <c r="J61" s="10" t="s">
-        <v>332</v>
+        <v>352</v>
       </c>
       <c r="K61" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L61" s="13">
         <v>45505.0</v>
       </c>
       <c r="M61" s="10" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="N61" s="17">
+        <v>353</v>
+      </c>
+      <c r="N61" s="22">
         <v>44931.0</v>
       </c>
       <c r="O61" s="23" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="P61" s="17">
+        <v>354</v>
+      </c>
+      <c r="P61" s="22">
         <v>44931.0</v>
       </c>
       <c r="Q61" s="14"/>
       <c r="R61" s="14"/>
       <c r="S61" s="23" t="s">
-        <v>335</v>
+        <v>355</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="16">
         <v>61.0</v>
       </c>
       <c r="B62" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C62" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>336</v>
+        <v>356</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F62" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G62" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H62" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I62" s="7">
         <v>9.0</v>
       </c>
       <c r="J62" s="33" t="s">
         <v>38</v>
       </c>
       <c r="K62" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L62" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M62" s="10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N62" s="13">
         <v>45813.0</v>
       </c>
       <c r="O62" s="10" t="s">
-        <v>337</v>
+        <v>357</v>
       </c>
       <c r="P62" s="13">
         <v>45813.0</v>
       </c>
       <c r="Q62" s="7"/>
-      <c r="R62" s="14"/>
+      <c r="R62" s="9" t="s">
+        <v>358</v>
+      </c>
       <c r="S62" s="10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="16">
         <v>62.0</v>
       </c>
       <c r="B63" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>338</v>
+        <v>359</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G63" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I63" s="7">
         <v>10.0</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="K63" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L63" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M63" s="10" t="s">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="N63" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O63" s="10" t="s">
-        <v>340</v>
+        <v>361</v>
       </c>
       <c r="P63" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q63" s="14"/>
       <c r="R63" s="14"/>
       <c r="S63" s="10" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="16">
         <v>63.0</v>
       </c>
       <c r="B64" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>341</v>
+        <v>362</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G64" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H64" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I64" s="7">
         <v>10.0</v>
       </c>
       <c r="J64" s="10" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="K64" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L64" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M64" s="10" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="N64" s="12">
         <v>45299.0</v>
       </c>
       <c r="O64" s="10" t="s">
-        <v>342</v>
+        <v>363</v>
       </c>
       <c r="P64" s="12">
         <v>45299.0</v>
       </c>
       <c r="Q64" s="14"/>
       <c r="R64" s="14"/>
       <c r="S64" s="10" t="s">
-        <v>343</v>
+        <v>364</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="16">
         <v>64.0</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C65" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>344</v>
+        <v>365</v>
       </c>
       <c r="E65" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="7" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H65" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I65" s="7">
         <v>10.0</v>
       </c>
       <c r="J65" s="10" t="s">
-        <v>345</v>
+        <v>38</v>
       </c>
       <c r="K65" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L65" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M65" s="10" t="s">
-        <v>346</v>
+        <v>366</v>
       </c>
       <c r="N65" s="10" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="O65" s="10" t="s">
-        <v>347</v>
+        <v>367</v>
       </c>
       <c r="P65" s="10" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="Q65" s="14"/>
       <c r="R65" s="14"/>
       <c r="S65" s="10" t="s">
-        <v>348</v>
+        <v>368</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="16">
         <v>65.0</v>
       </c>
       <c r="B66" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D66" s="7" t="s">
-        <v>349</v>
+        <v>369</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G66" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H66" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I66" s="7">
         <v>10.0</v>
       </c>
       <c r="J66" s="10" t="s">
-        <v>38</v>
+        <v>368</v>
       </c>
       <c r="K66" s="10" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="L66" s="10" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="M66" s="10" t="s">
-        <v>340</v>
+        <v>367</v>
       </c>
       <c r="N66" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O66" s="10" t="s">
-        <v>339</v>
+        <v>360</v>
       </c>
       <c r="P66" s="10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q66" s="14"/>
       <c r="R66" s="14"/>
       <c r="S66" s="10" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="16">
         <v>66.0</v>
       </c>
       <c r="B67" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D67" s="9" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>351</v>
+        <v>371</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="G67" s="9" t="s">
-        <v>352</v>
+        <v>372</v>
       </c>
       <c r="H67" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I67" s="9">
         <v>11.0</v>
       </c>
       <c r="J67" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K67" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L67" s="13">
         <v>45505.0</v>
       </c>
       <c r="M67" s="10" t="s">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="N67" s="13">
         <v>45813.0</v>
       </c>
       <c r="O67" s="10" t="s">
-        <v>354</v>
+        <v>374</v>
       </c>
       <c r="P67" s="12">
         <v>45783.0</v>
       </c>
       <c r="Q67" s="14" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="R67" s="9" t="s">
-        <v>355</v>
+        <v>375</v>
       </c>
       <c r="S67" s="10" t="s">
-        <v>356</v>
+        <v>376</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="16">
         <v>67.0</v>
       </c>
       <c r="B68" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>357</v>
+        <v>377</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G68" s="7" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H68" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I68" s="7">
         <v>10.0</v>
       </c>
       <c r="J68" s="10" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="K68" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L68" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M68" s="10" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="N68" s="13">
         <v>45505.0</v>
       </c>
       <c r="O68" s="10" t="s">
-        <v>358</v>
+        <v>378</v>
       </c>
       <c r="P68" s="12">
         <v>45299.0</v>
       </c>
       <c r="Q68" s="7"/>
       <c r="R68" s="14"/>
       <c r="S68" s="10" t="s">
-        <v>359</v>
+        <v>379</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="16">
         <v>68.0</v>
       </c>
       <c r="B69" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>360</v>
+        <v>380</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G69" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H69" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I69" s="7">
         <v>10.0</v>
       </c>
       <c r="J69" s="10" t="s">
-        <v>43</v>
+        <v>381</v>
       </c>
       <c r="K69" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L69" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M69" s="10" t="s">
-        <v>361</v>
+        <v>382</v>
       </c>
       <c r="N69" s="13">
         <v>45694.0</v>
       </c>
       <c r="O69" s="10" t="s">
-        <v>362</v>
+        <v>383</v>
       </c>
       <c r="P69" s="12">
         <v>45810.0</v>
       </c>
       <c r="Q69" s="14"/>
       <c r="R69" s="14"/>
       <c r="S69" s="10" t="s">
-        <v>363</v>
+        <v>384</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="16">
         <v>69.0</v>
       </c>
       <c r="B70" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C70" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>364</v>
+        <v>385</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G70" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H70" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I70" s="7">
         <v>11.0</v>
       </c>
       <c r="J70" s="10" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
       <c r="K70" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L70" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M70" s="10" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>304</v>
+      </c>
+      <c r="N70" s="18" t="s">
+        <v>79</v>
       </c>
       <c r="O70" s="11" t="s">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="P70" s="10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q70" s="14"/>
       <c r="R70" s="14"/>
       <c r="S70" s="11" t="s">
-        <v>366</v>
+        <v>387</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="16">
         <v>70.0</v>
       </c>
       <c r="B71" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C71" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>367</v>
+        <v>388</v>
       </c>
       <c r="E71" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G71" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H71" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I71" s="7">
         <v>11.0</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>348</v>
+        <v>38</v>
       </c>
       <c r="K71" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M71" s="10" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>45505.0</v>
+        <v>389</v>
+      </c>
+      <c r="N71" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="O71" s="10" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>45299.0</v>
+        <v>390</v>
+      </c>
+      <c r="P71" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="Q71" s="14"/>
       <c r="R71" s="14"/>
       <c r="S71" s="10" t="s">
-        <v>369</v>
+        <v>391</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="16">
         <v>71.0</v>
       </c>
       <c r="B72" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C72" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>370</v>
+        <v>392</v>
       </c>
       <c r="E72" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G72" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H72" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I72" s="7">
         <v>11.0</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>160</v>
+        <v>38</v>
       </c>
       <c r="K72" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M72" s="10" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>45505.0</v>
+        <v>208</v>
+      </c>
+      <c r="N72" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="O72" s="10" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>45299.0</v>
+        <v>393</v>
+      </c>
+      <c r="P72" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="Q72" s="14"/>
       <c r="R72" s="14"/>
       <c r="S72" s="10" t="s">
-        <v>310</v>
+        <v>167</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="16">
         <v>72.0</v>
       </c>
       <c r="B73" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>371</v>
+        <v>394</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G73" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H73" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I73" s="7">
         <v>11.0</v>
       </c>
       <c r="J73" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K73" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L73" s="13">
         <v>45505.0</v>
       </c>
       <c r="M73" s="10" t="s">
-        <v>183</v>
+        <v>395</v>
       </c>
       <c r="N73" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O73" s="10" t="s">
-        <v>328</v>
+        <v>348</v>
       </c>
       <c r="P73" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q73" s="14"/>
       <c r="R73" s="9" t="s">
-        <v>372</v>
+        <v>396</v>
       </c>
       <c r="S73" s="10" t="s">
-        <v>184</v>
+        <v>347</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="16">
         <v>73.0</v>
       </c>
       <c r="B74" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C74" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>373</v>
+        <v>397</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F74" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G74" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H74" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I74" s="7">
         <v>11.0</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K74" s="10" t="s">
-        <v>83</v>
+        <v>294</v>
       </c>
       <c r="L74" s="10" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="M74" s="10" t="s">
-        <v>374</v>
+        <v>41</v>
       </c>
       <c r="N74" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O74" s="10" t="s">
-        <v>346</v>
+        <v>366</v>
       </c>
       <c r="P74" s="10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q74" s="14"/>
       <c r="R74" s="14"/>
       <c r="S74" s="10" t="s">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="16">
         <v>74.0</v>
       </c>
       <c r="B75" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>375</v>
+        <v>398</v>
       </c>
       <c r="E75" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G75" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H75" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I75" s="7">
         <v>11.0</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="K75" s="11" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L75" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M75" s="10" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="N75" s="13">
         <v>45813.0</v>
       </c>
       <c r="O75" s="10" t="s">
-        <v>376</v>
+        <v>399</v>
       </c>
       <c r="P75" s="12">
         <v>45783.0</v>
       </c>
       <c r="Q75" s="14"/>
       <c r="R75" s="14"/>
       <c r="S75" s="10" t="s">
-        <v>377</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="16">
         <v>75.0</v>
       </c>
       <c r="B76" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>378</v>
+        <v>401</v>
       </c>
       <c r="E76" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F76" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G76" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H76" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I76" s="7">
         <v>11.0</v>
       </c>
       <c r="J76" s="10" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="K76" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L76" s="13">
         <v>45813.0</v>
       </c>
       <c r="M76" s="10" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="N76" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O76" s="10" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
       <c r="P76" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q76" s="14"/>
       <c r="R76" s="14"/>
       <c r="S76" s="10" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="16">
         <v>76.0</v>
       </c>
       <c r="B77" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C77" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>379</v>
+        <v>402</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F77" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G77" s="7" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H77" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I77" s="34">
         <v>12.0</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>380</v>
+        <v>403</v>
+      </c>
+      <c r="K77" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="L77" s="13">
+        <v>45964.0</v>
+      </c>
+      <c r="M77" s="10" t="s">
+        <v>404</v>
       </c>
       <c r="N77" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O77" s="10" t="s">
-        <v>381</v>
+        <v>405</v>
       </c>
       <c r="P77" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q77" s="35"/>
       <c r="R77" s="36" t="s">
-        <v>382</v>
+        <v>406</v>
       </c>
       <c r="S77" s="10" t="s">
-        <v>383</v>
+        <v>407</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="16">
         <v>77.0</v>
       </c>
       <c r="B78" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>384</v>
+        <v>408</v>
       </c>
       <c r="E78" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G78" s="7" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="H78" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I78" s="7">
         <v>12.0</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="K78" s="11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L78" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M78" s="10" t="s">
-        <v>385</v>
+        <v>409</v>
       </c>
       <c r="N78" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O78" s="10" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="P78" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q78" s="14"/>
       <c r="R78" s="14"/>
       <c r="S78" s="10" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="16">
         <v>78.0</v>
       </c>
       <c r="B79" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C79" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>386</v>
+        <v>410</v>
       </c>
       <c r="E79" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F79" s="7" t="s">
-        <v>387</v>
+        <v>411</v>
       </c>
       <c r="G79" s="7" t="s">
-        <v>388</v>
+        <v>412</v>
       </c>
       <c r="H79" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I79" s="7">
         <v>14.0</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>38</v>
+        <v>413</v>
       </c>
       <c r="K79" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="L79" s="10" t="s">
-        <v>26</v>
+      <c r="L79" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M79" s="10" t="s">
-        <v>389</v>
+        <v>414</v>
       </c>
       <c r="N79" s="12">
         <v>45810.0</v>
       </c>
       <c r="O79" s="10" t="s">
-        <v>390</v>
+        <v>415</v>
       </c>
       <c r="P79" s="12">
         <v>45810.0</v>
       </c>
       <c r="Q79" s="7"/>
       <c r="R79" s="9" t="s">
-        <v>391</v>
+        <v>416</v>
       </c>
       <c r="S79" s="10" t="s">
-        <v>392</v>
+        <v>417</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="16">
         <v>79.0</v>
       </c>
       <c r="B80" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
       <c r="E80" s="7" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F80" s="7" t="s">
-        <v>394</v>
+        <v>419</v>
       </c>
       <c r="G80" s="9" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="H80" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I80" s="7">
         <v>14.0</v>
       </c>
       <c r="J80" s="11" t="s">
-        <v>396</v>
+        <v>421</v>
       </c>
       <c r="K80" s="11" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>84</v>
+      </c>
+      <c r="L80" s="22" t="s">
+        <v>245</v>
       </c>
       <c r="M80" s="11" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="N80" s="17">
+        <v>422</v>
+      </c>
+      <c r="N80" s="22">
         <v>44623.0</v>
       </c>
       <c r="O80" s="11" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="P80" s="17"/>
+        <v>423</v>
+      </c>
+      <c r="P80" s="22"/>
       <c r="Q80" s="7" t="s">
-        <v>399</v>
+        <v>424</v>
       </c>
       <c r="R80" s="7"/>
       <c r="S80" s="11"/>
     </row>
     <row r="81">
       <c r="A81" s="16">
         <v>80.0</v>
       </c>
       <c r="B81" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C81" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
       <c r="E81" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F81" s="8" t="s">
-        <v>400</v>
+        <v>425</v>
       </c>
       <c r="G81" s="7" t="s">
-        <v>401</v>
+        <v>426</v>
       </c>
       <c r="H81" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I81" s="7">
         <v>14.0</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="K81" s="10" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="L81" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M81" s="10" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="N81" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O81" s="10" t="s">
-        <v>374</v>
+        <v>428</v>
       </c>
       <c r="P81" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q81" s="7" t="s">
-        <v>399</v>
+        <v>424</v>
       </c>
       <c r="R81" s="9"/>
       <c r="S81" s="10" t="s">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="16">
         <v>81.0</v>
       </c>
       <c r="B82" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>403</v>
+        <v>429</v>
       </c>
       <c r="E82" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G82" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I82" s="7">
         <v>14.0</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>404</v>
+        <v>430</v>
       </c>
       <c r="K82" s="10" t="s">
         <v>32</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M82" s="10" t="s">
-        <v>405</v>
+        <v>431</v>
       </c>
       <c r="N82" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O82" s="10" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="P82" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q82" s="7"/>
       <c r="R82" s="14"/>
       <c r="S82" s="10" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="16">
         <v>82.0</v>
       </c>
       <c r="B83" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>406</v>
+        <v>432</v>
       </c>
       <c r="E83" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G83" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H83" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I83" s="7">
         <v>14.0</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>38</v>
+        <v>433</v>
       </c>
       <c r="K83" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="L83" s="10" t="s">
-        <v>26</v>
+      <c r="L83" s="12">
+        <v>45727.0</v>
       </c>
       <c r="M83" s="10" t="s">
-        <v>407</v>
+        <v>434</v>
       </c>
       <c r="N83" s="13">
         <v>45694.0</v>
       </c>
       <c r="O83" s="10" t="s">
-        <v>408</v>
+        <v>435</v>
       </c>
       <c r="P83" s="13">
         <v>45694.0</v>
       </c>
       <c r="Q83" s="7"/>
       <c r="R83" s="15" t="s">
-        <v>409</v>
+        <v>436</v>
       </c>
       <c r="S83" s="10" t="s">
-        <v>348</v>
+        <v>391</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="16">
         <v>83.0</v>
       </c>
       <c r="B84" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>410</v>
+        <v>437</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F84" s="7" t="s">
-        <v>411</v>
+        <v>438</v>
       </c>
       <c r="G84" s="7" t="s">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="H84" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I84" s="7">
         <v>14.0</v>
       </c>
       <c r="J84" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K84" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L84" s="12">
         <v>45783.0</v>
       </c>
       <c r="M84" s="10" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="N84" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O84" s="10" t="s">
-        <v>402</v>
+        <v>427</v>
       </c>
       <c r="P84" s="10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q84" s="7" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="R84" s="9"/>
+        <v>424</v>
+      </c>
+      <c r="R84" s="9" t="s">
+        <v>440</v>
+      </c>
       <c r="S84" s="10" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="16">
         <v>84.0</v>
       </c>
       <c r="B85" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D85" s="7" t="s">
-        <v>413</v>
+        <v>441</v>
       </c>
       <c r="E85" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>21</v>
       </c>
       <c r="G85" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H85" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I85" s="7">
         <v>14.0</v>
       </c>
       <c r="J85" s="10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K85" s="10" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="L85" s="12">
         <v>45783.0</v>
       </c>
       <c r="M85" s="10" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="N85" s="12">
         <v>45810.0</v>
       </c>
       <c r="O85" s="10" t="s">
-        <v>414</v>
+        <v>442</v>
       </c>
       <c r="P85" s="12">
         <v>45810.0</v>
       </c>
       <c r="Q85" s="7"/>
       <c r="R85" s="9"/>
       <c r="S85" s="10" t="s">
-        <v>415</v>
+        <v>443</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="16">
         <v>85.0</v>
       </c>
       <c r="B86" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C86" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>410</v>
+        <v>437</v>
       </c>
       <c r="E86" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F86" s="8" t="s">
-        <v>416</v>
+        <v>444</v>
       </c>
       <c r="G86" s="7" t="s">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="H86" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I86" s="7">
         <v>14.0</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>38</v>
+        <v>445</v>
       </c>
       <c r="K86" s="10" t="s">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="L86" s="12">
-        <v>45783.0</v>
+        <v>45727.0</v>
       </c>
       <c r="M86" s="10" t="s">
-        <v>41</v>
+        <v>446</v>
       </c>
       <c r="N86" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="O86" s="10" t="s">
-        <v>361</v>
+        <v>382</v>
       </c>
       <c r="P86" s="10" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="Q86" s="7" t="s">
-        <v>399</v>
+        <v>424</v>
       </c>
       <c r="R86" s="9" t="s">
-        <v>417</v>
+        <v>447</v>
       </c>
       <c r="S86" s="10" t="s">
-        <v>43</v>
+        <v>381</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="16">
         <v>86.0</v>
       </c>
       <c r="B87" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>418</v>
+        <v>448</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F87" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G87" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H87" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I87" s="7">
         <v>14.0</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>419</v>
+        <v>449</v>
       </c>
       <c r="K87" s="10" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="10" t="s">
         <v>26</v>
       </c>
       <c r="M87" s="10" t="s">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="N87" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O87" s="10" t="s">
-        <v>421</v>
+        <v>451</v>
       </c>
       <c r="P87" s="10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q87" s="7"/>
       <c r="R87" s="9"/>
       <c r="S87" s="10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="16">
         <v>87.0</v>
       </c>
       <c r="B88" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C88" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>422</v>
+        <v>452</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="8" t="s">
         <v>21</v>
       </c>
       <c r="G88" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I88" s="7">
         <v>14.0</v>
       </c>
       <c r="J88" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K88" s="11" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="M88" s="10" t="s">
-        <v>423</v>
+        <v>453</v>
       </c>
       <c r="N88" s="10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O88" s="10" t="s">
-        <v>405</v>
+        <v>431</v>
       </c>
       <c r="P88" s="10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q88" s="14"/>
-      <c r="R88" s="9"/>
+      <c r="R88" s="9" t="s">
+        <v>454</v>
+      </c>
       <c r="S88" s="10" t="s">
-        <v>404</v>
+        <v>430</v>
       </c>
     </row>
     <row r="89" ht="15.75" customHeight="1">
       <c r="A89" s="37"/>
       <c r="B89" s="38"/>
       <c r="C89" s="38"/>
       <c r="D89" s="38"/>
       <c r="E89" s="38"/>
       <c r="F89" s="38"/>
       <c r="G89" s="38"/>
       <c r="H89" s="38"/>
       <c r="I89" s="38"/>
       <c r="J89" s="39"/>
       <c r="K89" s="40"/>
       <c r="L89" s="41"/>
       <c r="M89" s="42"/>
       <c r="N89" s="43"/>
       <c r="O89" s="43"/>
       <c r="Q89" s="44"/>
       <c r="R89" s="44"/>
       <c r="S89" s="40"/>
     </row>
     <row r="90" ht="15.75" customHeight="1">
       <c r="A90" s="45"/>
       <c r="B90" s="38"/>
@@ -27853,59 +28043,59 @@
       <c r="S981" s="51"/>
     </row>
     <row r="982" ht="15.75" customHeight="1">
       <c r="A982" s="50"/>
       <c r="B982" s="50"/>
       <c r="C982" s="50"/>
       <c r="D982" s="50"/>
       <c r="E982" s="50"/>
       <c r="F982" s="50"/>
       <c r="G982" s="50"/>
       <c r="H982" s="50"/>
       <c r="I982" s="50"/>
       <c r="J982" s="51"/>
       <c r="K982" s="51"/>
       <c r="L982" s="52"/>
       <c r="M982" s="51"/>
       <c r="N982" s="51"/>
       <c r="O982" s="51"/>
       <c r="P982" s="51"/>
       <c r="Q982" s="50"/>
       <c r="R982" s="50"/>
       <c r="S982" s="51"/>
     </row>
   </sheetData>
   <customSheetViews>
-    <customSheetView guid="{88DE16FB-0EE0-44E4-89A7-793A06590BCC}" filter="1" showAutoFilter="1">
+    <customSheetView guid="{8990D997-B492-4D35-B456-0F86BBE63E19}" filter="1" showAutoFilter="1">
       <autoFilter ref="$A$1:$S$287"/>
       <extLst>
         <ext uri="GoogleSheetsCustomDataVersion1">
           <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" filterViewId="1959681509"/>
         </ext>
       </extLst>
     </customSheetView>
-    <customSheetView guid="{8D830175-4406-432C-80F1-B1889EDAD68B}" filter="1" showAutoFilter="1">
+    <customSheetView guid="{EC450D1E-0ED9-49D1-A50E-72A8D30774FD}" filter="1" showAutoFilter="1">
       <autoFilter ref="$A$1:$S$287"/>
       <extLst>
         <ext uri="GoogleSheetsCustomDataVersion1">
           <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" filterViewId="2125291755"/>
         </ext>
       </extLst>
     </customSheetView>
   </customSheetViews>
   <conditionalFormatting sqref="N8">
     <cfRule type="timePeriod" dxfId="0" priority="1" timePeriod="today"/>
   </conditionalFormatting>
   <printOptions/>
   <pageMargins bottom="0.7874015748031497" footer="0.0" header="0.0" left="0.5118110236220472" right="0.5118110236220472" top="0.7874015748031497"/>
   <pageSetup paperSize="9" scale="50" orientation="landscape"/>
   <headerFooter>
     <oddHeader>&amp;LCargos de 1ª Entrância</oddHeader>
     <oddFooter>&amp;L&amp;D&amp;R&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>